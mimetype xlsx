--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -66,84 +66,84 @@
   <si>
     <t>tours_completed</t>
   </si>
   <si>
     <t>applications_completed</t>
   </si>
   <si>
     <t>cancelled</t>
   </si>
   <si>
     <t>denied</t>
   </si>
   <si>
     <t>leases_approved</t>
   </si>
   <si>
     <t>applications_approved</t>
   </si>
   <si>
     <t>sharepoint</t>
   </si>
   <si>
     <t>Manual</t>
   </si>
   <si>
+    <t>GCA</t>
+  </si>
+  <si>
     <t>PRG</t>
   </si>
   <si>
-    <t>GCA</t>
+    <t>GCA1002</t>
+  </si>
+  <si>
+    <t>GCA1003</t>
   </si>
   <si>
     <t>PRG1000</t>
   </si>
   <si>
     <t>PRG1001</t>
   </si>
   <si>
     <t>PRG1002</t>
   </si>
   <si>
-    <t>GCA1003</t>
+    <t>sharepoint/manual_data/GCA/GCA1002/GCA__GCA1002__Manual - GCA1002 V2.xlsx</t>
   </si>
   <si>
-    <t>GCA1002</t>
+    <t>sharepoint/manual_data/GCA/GCA1003/GCA__GCA1003__Manual - GCA1003 V2.xlsx</t>
   </si>
   <si>
     <t>sharepoint/manual_data/PRG/PRG1000/PRG__PRG1000__Manual - PRG1000 V2.xlsx</t>
   </si>
   <si>
     <t>sharepoint/manual_data/PRG/PRG1001/PRG__PRG1001__Manual - PRG1001 V2.xlsx</t>
   </si>
   <si>
     <t>sharepoint/manual_data/PRG/PRG1002/PRG__PRG1002__Manual - PRG1002 V2.xlsx</t>
-  </si>
-[...4 lines deleted...]
-    <t>sharepoint/manual_data/GCA/GCA1002/GCA__GCA1002__Manual - GCA1002 V2.xlsx</t>
   </si>
   <si>
     <t>7. Leasing Summary</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -508,17095 +508,17095 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2">
-        <v>242</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2" t="s">
         <v>30</v>
       </c>
       <c r="I2" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3">
-        <v>63</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>30</v>
       </c>
       <c r="I3" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C8" t="s">
         <v>16</v>
       </c>
       <c r="D8" t="s">
         <v>17</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>30</v>
       </c>
       <c r="I8" s="2">
-        <v>45322</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9">
-        <v>127</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>18</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
         <v>25</v>
       </c>
       <c r="H10" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C11" t="s">
         <v>16</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>25</v>
       </c>
       <c r="H11" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>25</v>
       </c>
       <c r="H12" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C13" t="s">
         <v>16</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>25</v>
       </c>
       <c r="H13" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15" t="s">
         <v>17</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>25</v>
       </c>
       <c r="H15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="2">
-        <v>45351</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16">
-        <v>148</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>16</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>25</v>
       </c>
       <c r="H16" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>16</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>25</v>
       </c>
       <c r="H17" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C18" t="s">
         <v>16</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
         <v>25</v>
       </c>
       <c r="H18" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C19" t="s">
         <v>16</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>25</v>
       </c>
       <c r="H19" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>13</v>
       </c>
       <c r="B20">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C20" t="s">
         <v>16</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>25</v>
       </c>
       <c r="H20" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>14</v>
       </c>
       <c r="B21">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="C21" t="s">
         <v>16</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>25</v>
       </c>
       <c r="H21" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="C22" t="s">
         <v>16</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>25</v>
       </c>
       <c r="H22" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="2">
-        <v>45382</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="C23" t="s">
         <v>16</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>25</v>
       </c>
       <c r="H23" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="C24" t="s">
         <v>16</v>
       </c>
       <c r="D24" t="s">
         <v>17</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>25</v>
       </c>
       <c r="H24" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C25" t="s">
         <v>16</v>
       </c>
       <c r="D25" t="s">
         <v>17</v>
       </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>25</v>
       </c>
       <c r="H25" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C26" t="s">
         <v>16</v>
       </c>
       <c r="D26" t="s">
         <v>17</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
         <v>25</v>
       </c>
       <c r="H26" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>13</v>
       </c>
       <c r="B27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C27" t="s">
         <v>16</v>
       </c>
       <c r="D27" t="s">
         <v>17</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>25</v>
       </c>
       <c r="H27" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>14</v>
       </c>
       <c r="B28">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C28" t="s">
         <v>16</v>
       </c>
       <c r="D28" t="s">
         <v>17</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>25</v>
       </c>
       <c r="H28" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C29" t="s">
         <v>16</v>
       </c>
       <c r="D29" t="s">
         <v>17</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="2">
-        <v>45412</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30">
-        <v>234</v>
+        <v>27</v>
       </c>
       <c r="C30" t="s">
         <v>16</v>
       </c>
       <c r="D30" t="s">
         <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>25</v>
       </c>
       <c r="H30" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31">
-        <v>92</v>
+        <v>6</v>
       </c>
       <c r="C31" t="s">
         <v>16</v>
       </c>
       <c r="D31" t="s">
         <v>17</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>25</v>
       </c>
       <c r="H31" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="C32" t="s">
         <v>16</v>
       </c>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>25</v>
       </c>
       <c r="H32" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C33" t="s">
         <v>16</v>
       </c>
       <c r="D33" t="s">
         <v>17</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>25</v>
       </c>
       <c r="H33" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>13</v>
       </c>
       <c r="B34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C34" t="s">
         <v>16</v>
       </c>
       <c r="D34" t="s">
         <v>17</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>25</v>
       </c>
       <c r="H34" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="C35" t="s">
         <v>16</v>
       </c>
       <c r="D35" t="s">
         <v>17</v>
       </c>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>25</v>
       </c>
       <c r="H35" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="C36" t="s">
         <v>16</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="E36" t="s">
         <v>18</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>25</v>
       </c>
       <c r="H36" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="2">
-        <v>45443</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>9</v>
       </c>
       <c r="B37">
-        <v>205</v>
+        <v>27</v>
       </c>
       <c r="C37" t="s">
         <v>16</v>
       </c>
       <c r="D37" t="s">
         <v>17</v>
       </c>
       <c r="E37" t="s">
         <v>18</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
         <v>25</v>
       </c>
       <c r="H37" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>16</v>
       </c>
       <c r="D38" t="s">
         <v>17</v>
       </c>
       <c r="E38" t="s">
         <v>18</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
         <v>25</v>
       </c>
       <c r="H38" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="C39" t="s">
         <v>16</v>
       </c>
       <c r="D39" t="s">
         <v>17</v>
       </c>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
         <v>25</v>
       </c>
       <c r="H39" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>12</v>
       </c>
       <c r="B40">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C40" t="s">
         <v>16</v>
       </c>
       <c r="D40" t="s">
         <v>17</v>
       </c>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
         <v>25</v>
       </c>
       <c r="H40" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>13</v>
       </c>
       <c r="B41">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C41" t="s">
         <v>16</v>
       </c>
       <c r="D41" t="s">
         <v>17</v>
       </c>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>25</v>
       </c>
       <c r="H41" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>14</v>
       </c>
       <c r="B42">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C42" t="s">
         <v>16</v>
       </c>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
         <v>25</v>
       </c>
       <c r="H42" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C43" t="s">
         <v>16</v>
       </c>
       <c r="D43" t="s">
         <v>17</v>
       </c>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
         <v>25</v>
       </c>
       <c r="H43" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="2">
-        <v>45688</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>9</v>
       </c>
       <c r="B44">
-        <v>180</v>
+        <v>17</v>
       </c>
       <c r="C44" t="s">
         <v>16</v>
       </c>
       <c r="D44" t="s">
         <v>17</v>
       </c>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>25</v>
       </c>
       <c r="H44" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45">
-        <v>51</v>
+        <v>6</v>
       </c>
       <c r="C45" t="s">
         <v>16</v>
       </c>
       <c r="D45" t="s">
         <v>17</v>
       </c>
       <c r="E45" t="s">
         <v>18</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
         <v>25</v>
       </c>
       <c r="H45" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="C46" t="s">
         <v>16</v>
       </c>
       <c r="D46" t="s">
         <v>17</v>
       </c>
       <c r="E46" t="s">
         <v>18</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>25</v>
       </c>
       <c r="H46" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>12</v>
       </c>
       <c r="B47">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C47" t="s">
         <v>16</v>
       </c>
       <c r="D47" t="s">
         <v>17</v>
       </c>
       <c r="E47" t="s">
         <v>18</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
         <v>25</v>
       </c>
       <c r="H47" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>13</v>
       </c>
       <c r="B48">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C48" t="s">
         <v>16</v>
       </c>
       <c r="D48" t="s">
         <v>17</v>
       </c>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
         <v>25</v>
       </c>
       <c r="H48" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>14</v>
       </c>
       <c r="B49">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C49" t="s">
         <v>16</v>
       </c>
       <c r="D49" t="s">
         <v>17</v>
       </c>
       <c r="E49" t="s">
         <v>18</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
         <v>25</v>
       </c>
       <c r="H49" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C50" t="s">
         <v>16</v>
       </c>
       <c r="D50" t="s">
         <v>17</v>
       </c>
       <c r="E50" t="s">
         <v>18</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
         <v>25</v>
       </c>
       <c r="H50" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="2">
-        <v>45716</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>9</v>
       </c>
       <c r="B51">
-        <v>142</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>16</v>
       </c>
       <c r="D51" t="s">
         <v>17</v>
       </c>
       <c r="E51" t="s">
         <v>18</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
         <v>25</v>
       </c>
       <c r="H51" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52">
-        <v>46</v>
+        <v>6</v>
       </c>
       <c r="C52" t="s">
         <v>16</v>
       </c>
       <c r="D52" t="s">
         <v>17</v>
       </c>
       <c r="E52" t="s">
         <v>18</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="C53" t="s">
         <v>16</v>
       </c>
       <c r="D53" t="s">
         <v>17</v>
       </c>
       <c r="E53" t="s">
         <v>18</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
         <v>25</v>
       </c>
       <c r="H53" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>12</v>
       </c>
       <c r="B54">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C54" t="s">
         <v>16</v>
       </c>
       <c r="D54" t="s">
         <v>17</v>
       </c>
       <c r="E54" t="s">
         <v>18</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
         <v>25</v>
       </c>
       <c r="H54" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>13</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55" t="s">
         <v>16</v>
       </c>
       <c r="D55" t="s">
         <v>17</v>
       </c>
       <c r="E55" t="s">
         <v>18</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
         <v>25</v>
       </c>
       <c r="H55" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>14</v>
       </c>
       <c r="B56">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C56" t="s">
         <v>16</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="E56" t="s">
         <v>18</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
         <v>25</v>
       </c>
       <c r="H56" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C57" t="s">
         <v>16</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
         <v>18</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
         <v>25</v>
       </c>
       <c r="H57" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="2">
-        <v>45747</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58">
-        <v>225</v>
+        <v>18</v>
       </c>
       <c r="C58" t="s">
         <v>16</v>
       </c>
       <c r="D58" t="s">
         <v>17</v>
       </c>
       <c r="E58" t="s">
         <v>18</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
         <v>25</v>
       </c>
       <c r="H58" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>10</v>
       </c>
       <c r="B59">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>16</v>
       </c>
       <c r="D59" t="s">
         <v>17</v>
       </c>
       <c r="E59" t="s">
         <v>18</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
         <v>25</v>
       </c>
       <c r="H59" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="C60" t="s">
         <v>16</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="E60" t="s">
         <v>18</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C61" t="s">
         <v>16</v>
       </c>
       <c r="D61" t="s">
         <v>17</v>
       </c>
       <c r="E61" t="s">
         <v>18</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
         <v>25</v>
       </c>
       <c r="H61" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>13</v>
       </c>
       <c r="B62">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C62" t="s">
         <v>16</v>
       </c>
       <c r="D62" t="s">
         <v>17</v>
       </c>
       <c r="E62" t="s">
         <v>18</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
         <v>25</v>
       </c>
       <c r="H62" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>14</v>
       </c>
       <c r="B63">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C63" t="s">
         <v>16</v>
       </c>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
         <v>18</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
         <v>25</v>
       </c>
       <c r="H63" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C64" t="s">
         <v>16</v>
       </c>
       <c r="D64" t="s">
         <v>17</v>
       </c>
       <c r="E64" t="s">
         <v>18</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
         <v>25</v>
       </c>
       <c r="H64" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="2">
-        <v>45777</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>9</v>
       </c>
       <c r="B65">
-        <v>283</v>
+        <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>16</v>
       </c>
       <c r="D65" t="s">
         <v>17</v>
       </c>
       <c r="E65" t="s">
         <v>18</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
         <v>25</v>
       </c>
       <c r="H65" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>10</v>
       </c>
       <c r="B66">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="C66" t="s">
         <v>16</v>
       </c>
       <c r="D66" t="s">
         <v>17</v>
       </c>
       <c r="E66" t="s">
         <v>18</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
         <v>25</v>
       </c>
       <c r="H66" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>11</v>
       </c>
       <c r="B67">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67" t="s">
         <v>17</v>
       </c>
       <c r="E67" t="s">
         <v>18</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
         <v>25</v>
       </c>
       <c r="H67" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>12</v>
       </c>
       <c r="B68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C68" t="s">
         <v>16</v>
       </c>
       <c r="D68" t="s">
         <v>17</v>
       </c>
       <c r="E68" t="s">
         <v>18</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
         <v>25</v>
       </c>
       <c r="H68" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>13</v>
       </c>
       <c r="B69">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C69" t="s">
         <v>16</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69" t="s">
         <v>18</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
         <v>25</v>
       </c>
       <c r="H69" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>14</v>
       </c>
       <c r="B70">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="C70" t="s">
         <v>16</v>
       </c>
       <c r="D70" t="s">
         <v>17</v>
       </c>
       <c r="E70" t="s">
         <v>18</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
         <v>25</v>
       </c>
       <c r="H70" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="C71" t="s">
         <v>16</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="E71" t="s">
         <v>18</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
         <v>25</v>
       </c>
       <c r="H71" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="2">
-        <v>45808</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>9</v>
       </c>
       <c r="B72">
-        <v>360</v>
+        <v>13</v>
       </c>
       <c r="C72" t="s">
         <v>16</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
         <v>25</v>
       </c>
       <c r="H72" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>10</v>
       </c>
       <c r="B73">
-        <v>87</v>
+        <v>5</v>
       </c>
       <c r="C73" t="s">
         <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
         <v>25</v>
       </c>
       <c r="H73" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>11</v>
       </c>
       <c r="B74">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="E74" t="s">
         <v>18</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
         <v>25</v>
       </c>
       <c r="H74" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>12</v>
       </c>
       <c r="B75">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C75" t="s">
         <v>16</v>
       </c>
       <c r="D75" t="s">
         <v>17</v>
       </c>
       <c r="E75" t="s">
         <v>18</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
         <v>25</v>
       </c>
       <c r="H75" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>13</v>
       </c>
       <c r="B76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C76" t="s">
         <v>16</v>
       </c>
       <c r="D76" t="s">
         <v>17</v>
       </c>
       <c r="E76" t="s">
         <v>18</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
         <v>25</v>
       </c>
       <c r="H76" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>14</v>
       </c>
       <c r="B77">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="C77" t="s">
         <v>16</v>
       </c>
       <c r="D77" t="s">
         <v>17</v>
       </c>
       <c r="E77" t="s">
         <v>18</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
         <v>25</v>
       </c>
       <c r="H77" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>15</v>
       </c>
       <c r="B78">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="C78" t="s">
         <v>16</v>
       </c>
       <c r="D78" t="s">
         <v>17</v>
       </c>
       <c r="E78" t="s">
         <v>18</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
         <v>25</v>
       </c>
       <c r="H78" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="2">
-        <v>45838</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79">
-        <v>142</v>
+        <v>15</v>
       </c>
       <c r="C79" t="s">
         <v>16</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79" t="s">
         <v>18</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
         <v>25</v>
       </c>
       <c r="H79" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>10</v>
       </c>
       <c r="B80">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="C80" t="s">
         <v>16</v>
       </c>
       <c r="D80" t="s">
         <v>17</v>
       </c>
       <c r="E80" t="s">
         <v>18</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
         <v>25</v>
       </c>
       <c r="H80" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>11</v>
       </c>
       <c r="B81">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="C81" t="s">
         <v>16</v>
       </c>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
         <v>18</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
         <v>25</v>
       </c>
       <c r="H81" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>12</v>
       </c>
       <c r="B82">
         <v>2</v>
       </c>
       <c r="C82" t="s">
         <v>16</v>
       </c>
       <c r="D82" t="s">
         <v>17</v>
       </c>
       <c r="E82" t="s">
         <v>18</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
         <v>25</v>
       </c>
       <c r="H82" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>13</v>
       </c>
       <c r="B83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C83" t="s">
         <v>16</v>
       </c>
       <c r="D83" t="s">
         <v>17</v>
       </c>
       <c r="E83" t="s">
         <v>18</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
         <v>25</v>
       </c>
       <c r="H83" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>14</v>
       </c>
       <c r="B84">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C84" t="s">
         <v>16</v>
       </c>
       <c r="D84" t="s">
         <v>17</v>
       </c>
       <c r="E84" t="s">
         <v>18</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
         <v>25</v>
       </c>
       <c r="H84" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C85" t="s">
         <v>16</v>
       </c>
       <c r="D85" t="s">
         <v>17</v>
       </c>
       <c r="E85" t="s">
         <v>18</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
         <v>25</v>
       </c>
       <c r="H85" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="2">
-        <v>45869</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>9</v>
       </c>
       <c r="B86">
-        <v>308</v>
+        <v>19</v>
       </c>
       <c r="C86" t="s">
         <v>16</v>
       </c>
       <c r="D86" t="s">
         <v>17</v>
       </c>
       <c r="E86" t="s">
         <v>18</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H86" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>10</v>
       </c>
       <c r="B87">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>16</v>
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87" t="s">
         <v>18</v>
       </c>
       <c r="F87" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H87" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>11</v>
       </c>
       <c r="B88">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="C88" t="s">
         <v>16</v>
       </c>
       <c r="D88" t="s">
         <v>17</v>
       </c>
       <c r="E88" t="s">
         <v>18</v>
       </c>
       <c r="F88" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H88" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>12</v>
       </c>
       <c r="B89">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C89" t="s">
         <v>16</v>
       </c>
       <c r="D89" t="s">
         <v>17</v>
       </c>
       <c r="E89" t="s">
         <v>18</v>
       </c>
       <c r="F89" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H89" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>13</v>
       </c>
       <c r="B90">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C90" t="s">
         <v>16</v>
       </c>
       <c r="D90" t="s">
         <v>17</v>
       </c>
       <c r="E90" t="s">
         <v>18</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H90" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>14</v>
       </c>
       <c r="B91">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="C91" t="s">
         <v>16</v>
       </c>
       <c r="D91" t="s">
         <v>17</v>
       </c>
       <c r="E91" t="s">
         <v>18</v>
       </c>
       <c r="F91" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H91" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>15</v>
       </c>
       <c r="B92">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="C92" t="s">
         <v>16</v>
       </c>
       <c r="D92" t="s">
         <v>17</v>
       </c>
       <c r="E92" t="s">
         <v>18</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H92" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>9</v>
       </c>
       <c r="B93">
-        <v>363</v>
+        <v>26</v>
       </c>
       <c r="C93" t="s">
         <v>16</v>
       </c>
       <c r="D93" t="s">
         <v>17</v>
       </c>
       <c r="E93" t="s">
         <v>18</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H93" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>10</v>
       </c>
       <c r="B94">
-        <v>108</v>
+        <v>10</v>
       </c>
       <c r="C94" t="s">
         <v>16</v>
       </c>
       <c r="D94" t="s">
         <v>17</v>
       </c>
       <c r="E94" t="s">
         <v>18</v>
       </c>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H94" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>11</v>
       </c>
       <c r="B95">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="C95" t="s">
         <v>16</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="E95" t="s">
         <v>18</v>
       </c>
       <c r="F95" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H95" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>12</v>
       </c>
       <c r="B96">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C96" t="s">
         <v>16</v>
       </c>
       <c r="D96" t="s">
         <v>17</v>
       </c>
       <c r="E96" t="s">
         <v>18</v>
       </c>
       <c r="F96" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H96" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>13</v>
       </c>
       <c r="B97">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C97" t="s">
         <v>16</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="E97" t="s">
         <v>18</v>
       </c>
       <c r="F97" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H97" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>14</v>
       </c>
       <c r="B98">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98" t="s">
         <v>17</v>
       </c>
       <c r="E98" t="s">
         <v>18</v>
       </c>
       <c r="F98" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H98" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="C99" t="s">
         <v>16</v>
       </c>
       <c r="D99" t="s">
         <v>17</v>
       </c>
       <c r="E99" t="s">
         <v>18</v>
       </c>
       <c r="F99" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H99" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>9</v>
       </c>
       <c r="B100">
-        <v>496</v>
+        <v>29</v>
       </c>
       <c r="C100" t="s">
         <v>16</v>
       </c>
       <c r="D100" t="s">
         <v>17</v>
       </c>
       <c r="E100" t="s">
         <v>18</v>
       </c>
       <c r="F100" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H100" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>10</v>
       </c>
       <c r="B101">
-        <v>125</v>
+        <v>10</v>
       </c>
       <c r="C101" t="s">
         <v>16</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101" t="s">
         <v>18</v>
       </c>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H101" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>16</v>
       </c>
       <c r="D102" t="s">
         <v>17</v>
       </c>
       <c r="E102" t="s">
         <v>18</v>
       </c>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H102" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>12</v>
       </c>
       <c r="B103">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="C103" t="s">
         <v>16</v>
       </c>
       <c r="D103" t="s">
         <v>17</v>
       </c>
       <c r="E103" t="s">
         <v>18</v>
       </c>
       <c r="F103" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H103" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>13</v>
       </c>
       <c r="B104">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C104" t="s">
         <v>16</v>
       </c>
       <c r="D104" t="s">
         <v>17</v>
       </c>
       <c r="E104" t="s">
         <v>18</v>
       </c>
       <c r="F104" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H104" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>14</v>
       </c>
       <c r="B105">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C105" t="s">
         <v>16</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
       <c r="E105" t="s">
         <v>18</v>
       </c>
       <c r="F105" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H105" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="C106" t="s">
         <v>16</v>
       </c>
       <c r="D106" t="s">
         <v>17</v>
       </c>
       <c r="E106" t="s">
         <v>18</v>
       </c>
       <c r="F106" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H106" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>9</v>
       </c>
       <c r="B107">
-        <v>737</v>
+        <v>57</v>
       </c>
       <c r="C107" t="s">
         <v>16</v>
       </c>
       <c r="D107" t="s">
         <v>17</v>
       </c>
       <c r="E107" t="s">
         <v>18</v>
       </c>
       <c r="F107" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H107" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>10</v>
       </c>
       <c r="B108">
-        <v>170</v>
+        <v>6</v>
       </c>
       <c r="C108" t="s">
         <v>16</v>
       </c>
       <c r="D108" t="s">
         <v>17</v>
       </c>
       <c r="E108" t="s">
         <v>18</v>
       </c>
       <c r="F108" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H108" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>11</v>
       </c>
       <c r="B109">
-        <v>64</v>
+        <v>3</v>
       </c>
       <c r="C109" t="s">
         <v>16</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
       <c r="E109" t="s">
         <v>18</v>
       </c>
       <c r="F109" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H109" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>12</v>
       </c>
       <c r="B110">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="C110" t="s">
         <v>16</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="E110" t="s">
         <v>18</v>
       </c>
       <c r="F110" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H110" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>13</v>
       </c>
       <c r="B111">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="C111" t="s">
         <v>16</v>
       </c>
       <c r="D111" t="s">
         <v>17</v>
       </c>
       <c r="E111" t="s">
         <v>18</v>
       </c>
       <c r="F111" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H111" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>14</v>
       </c>
       <c r="B112">
-        <v>54</v>
+        <v>2</v>
       </c>
       <c r="C112" t="s">
         <v>16</v>
       </c>
       <c r="D112" t="s">
         <v>17</v>
       </c>
       <c r="E112" t="s">
         <v>18</v>
       </c>
       <c r="F112" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H112" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>15</v>
       </c>
       <c r="B113">
-        <v>54</v>
+        <v>2</v>
       </c>
       <c r="C113" t="s">
         <v>16</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
         <v>18</v>
       </c>
       <c r="F113" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H113" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>9</v>
       </c>
       <c r="B114">
-        <v>387</v>
+        <v>71</v>
       </c>
       <c r="C114" t="s">
         <v>16</v>
       </c>
       <c r="D114" t="s">
         <v>17</v>
       </c>
       <c r="E114" t="s">
         <v>18</v>
       </c>
       <c r="F114" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H114" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>10</v>
       </c>
       <c r="B115">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115" t="s">
         <v>17</v>
       </c>
       <c r="E115" t="s">
         <v>18</v>
       </c>
       <c r="F115" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H115" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>11</v>
       </c>
       <c r="B116">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="C116" t="s">
         <v>16</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116" t="s">
         <v>18</v>
       </c>
       <c r="F116" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H116" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>12</v>
       </c>
       <c r="B117">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="C117" t="s">
         <v>16</v>
       </c>
       <c r="D117" t="s">
         <v>17</v>
       </c>
       <c r="E117" t="s">
         <v>18</v>
       </c>
       <c r="F117" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H117" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>13</v>
       </c>
       <c r="B118">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C118" t="s">
         <v>16</v>
       </c>
       <c r="D118" t="s">
         <v>17</v>
       </c>
       <c r="E118" t="s">
         <v>18</v>
       </c>
       <c r="F118" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H118" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>14</v>
       </c>
       <c r="B119">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C119" t="s">
         <v>16</v>
       </c>
       <c r="D119" t="s">
         <v>17</v>
       </c>
       <c r="E119" t="s">
         <v>18</v>
       </c>
       <c r="F119" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H119" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>15</v>
       </c>
       <c r="B120">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C120" t="s">
         <v>16</v>
       </c>
       <c r="D120" t="s">
         <v>17</v>
       </c>
       <c r="E120" t="s">
         <v>18</v>
       </c>
       <c r="F120" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H120" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="2">
-        <v>45688</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>9</v>
       </c>
       <c r="B121">
-        <v>296</v>
+        <v>28</v>
       </c>
       <c r="C121" t="s">
         <v>16</v>
       </c>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="E121" t="s">
         <v>18</v>
       </c>
       <c r="F121" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H121" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>10</v>
       </c>
       <c r="B122">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="C122" t="s">
         <v>16</v>
       </c>
       <c r="D122" t="s">
         <v>17</v>
       </c>
       <c r="E122" t="s">
         <v>18</v>
       </c>
       <c r="F122" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H122" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>11</v>
       </c>
       <c r="B123">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="C123" t="s">
         <v>16</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="E123" t="s">
         <v>18</v>
       </c>
       <c r="F123" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H123" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>12</v>
       </c>
       <c r="B124">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C124" t="s">
         <v>16</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
       <c r="E124" t="s">
         <v>18</v>
       </c>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H124" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>13</v>
       </c>
       <c r="B125">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C125" t="s">
         <v>16</v>
       </c>
       <c r="D125" t="s">
         <v>17</v>
       </c>
       <c r="E125" t="s">
         <v>18</v>
       </c>
       <c r="F125" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H125" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>14</v>
       </c>
       <c r="B126">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="C126" t="s">
         <v>16</v>
       </c>
       <c r="D126" t="s">
         <v>17</v>
       </c>
       <c r="E126" t="s">
         <v>18</v>
       </c>
       <c r="F126" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H126" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>15</v>
       </c>
       <c r="B127">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="C127" t="s">
         <v>16</v>
       </c>
       <c r="D127" t="s">
         <v>17</v>
       </c>
       <c r="E127" t="s">
         <v>18</v>
       </c>
       <c r="F127" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H127" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="2">
-        <v>45716</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>9</v>
       </c>
       <c r="B128">
-        <v>429</v>
+        <v>21</v>
       </c>
       <c r="C128" t="s">
         <v>16</v>
       </c>
       <c r="D128" t="s">
         <v>17</v>
       </c>
       <c r="E128" t="s">
         <v>18</v>
       </c>
       <c r="F128" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H128" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>10</v>
       </c>
       <c r="B129">
-        <v>105</v>
+        <v>7</v>
       </c>
       <c r="C129" t="s">
         <v>16</v>
       </c>
       <c r="D129" t="s">
         <v>17</v>
       </c>
       <c r="E129" t="s">
         <v>18</v>
       </c>
       <c r="F129" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H129" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>11</v>
       </c>
       <c r="B130">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="C130" t="s">
         <v>16</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="E130" t="s">
         <v>18</v>
       </c>
       <c r="F130" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H130" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>12</v>
       </c>
       <c r="B131">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C131" t="s">
         <v>16</v>
       </c>
       <c r="D131" t="s">
         <v>17</v>
       </c>
       <c r="E131" t="s">
         <v>18</v>
       </c>
       <c r="F131" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H131" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>13</v>
       </c>
       <c r="B132">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C132" t="s">
         <v>16</v>
       </c>
       <c r="D132" t="s">
         <v>17</v>
       </c>
       <c r="E132" t="s">
         <v>18</v>
       </c>
       <c r="F132" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H132" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>14</v>
       </c>
       <c r="B133">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="C133" t="s">
         <v>16</v>
       </c>
       <c r="D133" t="s">
         <v>17</v>
       </c>
       <c r="E133" t="s">
         <v>18</v>
       </c>
       <c r="F133" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H133" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>15</v>
       </c>
       <c r="B134">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="C134" t="s">
         <v>16</v>
       </c>
       <c r="D134" t="s">
         <v>17</v>
       </c>
       <c r="E134" t="s">
         <v>18</v>
       </c>
       <c r="F134" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H134" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="2">
-        <v>45747</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>9</v>
       </c>
       <c r="B135">
-        <v>491</v>
+        <v>19</v>
       </c>
       <c r="C135" t="s">
         <v>16</v>
       </c>
       <c r="D135" t="s">
         <v>17</v>
       </c>
       <c r="E135" t="s">
         <v>18</v>
       </c>
       <c r="F135" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H135" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>10</v>
       </c>
       <c r="B136">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="C136" t="s">
         <v>16</v>
       </c>
       <c r="D136" t="s">
         <v>17</v>
       </c>
       <c r="E136" t="s">
         <v>18</v>
       </c>
       <c r="F136" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H136" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>11</v>
       </c>
       <c r="B137">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="C137" t="s">
         <v>16</v>
       </c>
       <c r="D137" t="s">
         <v>17</v>
       </c>
       <c r="E137" t="s">
         <v>18</v>
       </c>
       <c r="F137" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H137" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>12</v>
       </c>
       <c r="B138">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C138" t="s">
         <v>16</v>
       </c>
       <c r="D138" t="s">
         <v>17</v>
       </c>
       <c r="E138" t="s">
         <v>18</v>
       </c>
       <c r="F138" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H138" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>13</v>
       </c>
       <c r="B139">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C139" t="s">
         <v>16</v>
       </c>
       <c r="D139" t="s">
         <v>17</v>
       </c>
       <c r="E139" t="s">
         <v>18</v>
       </c>
       <c r="F139" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H139" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>14</v>
       </c>
       <c r="B140">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="C140" t="s">
         <v>16</v>
       </c>
       <c r="D140" t="s">
         <v>17</v>
       </c>
       <c r="E140" t="s">
         <v>18</v>
       </c>
       <c r="F140" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H140" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
         <v>15</v>
       </c>
       <c r="B141">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="C141" t="s">
         <v>16</v>
       </c>
       <c r="D141" t="s">
         <v>17</v>
       </c>
       <c r="E141" t="s">
         <v>18</v>
       </c>
       <c r="F141" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H141" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="2">
-        <v>45777</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>9</v>
       </c>
       <c r="B142">
-        <v>925</v>
+        <v>22</v>
       </c>
       <c r="C142" t="s">
         <v>16</v>
       </c>
       <c r="D142" t="s">
         <v>17</v>
       </c>
       <c r="E142" t="s">
         <v>18</v>
       </c>
       <c r="F142" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H142" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>10</v>
       </c>
       <c r="B143">
-        <v>186</v>
+        <v>10</v>
       </c>
       <c r="C143" t="s">
         <v>16</v>
       </c>
       <c r="D143" t="s">
         <v>17</v>
       </c>
       <c r="E143" t="s">
         <v>18</v>
       </c>
       <c r="F143" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H143" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>11</v>
       </c>
       <c r="B144">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="C144" t="s">
         <v>16</v>
       </c>
       <c r="D144" t="s">
         <v>17</v>
       </c>
       <c r="E144" t="s">
         <v>18</v>
       </c>
       <c r="F144" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H144" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>12</v>
       </c>
       <c r="B145">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C145" t="s">
         <v>16</v>
       </c>
       <c r="D145" t="s">
         <v>17</v>
       </c>
       <c r="E145" t="s">
         <v>18</v>
       </c>
       <c r="F145" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H145" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>13</v>
       </c>
       <c r="B146">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C146" t="s">
         <v>16</v>
       </c>
       <c r="D146" t="s">
         <v>17</v>
       </c>
       <c r="E146" t="s">
         <v>18</v>
       </c>
       <c r="F146" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H146" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>14</v>
       </c>
       <c r="B147">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>16</v>
       </c>
       <c r="D147" t="s">
         <v>17</v>
       </c>
       <c r="E147" t="s">
         <v>18</v>
       </c>
       <c r="F147" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H147" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>15</v>
       </c>
       <c r="B148">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C148" t="s">
         <v>16</v>
       </c>
       <c r="D148" t="s">
         <v>17</v>
       </c>
       <c r="E148" t="s">
         <v>18</v>
       </c>
       <c r="F148" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H148" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="2">
-        <v>45808</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>9</v>
       </c>
       <c r="B149">
-        <v>828</v>
+        <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>16</v>
       </c>
       <c r="D149" t="s">
         <v>17</v>
       </c>
       <c r="E149" t="s">
         <v>18</v>
       </c>
       <c r="F149" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H149" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>10</v>
       </c>
       <c r="B150">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="C150" t="s">
         <v>16</v>
       </c>
       <c r="D150" t="s">
         <v>17</v>
       </c>
       <c r="E150" t="s">
         <v>18</v>
       </c>
       <c r="F150" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H150" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>11</v>
       </c>
       <c r="B151">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="C151" t="s">
         <v>16</v>
       </c>
       <c r="D151" t="s">
         <v>17</v>
       </c>
       <c r="E151" t="s">
         <v>18</v>
       </c>
       <c r="F151" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H151" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>12</v>
       </c>
       <c r="B152">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C152" t="s">
         <v>16</v>
       </c>
       <c r="D152" t="s">
         <v>17</v>
       </c>
       <c r="E152" t="s">
         <v>18</v>
       </c>
       <c r="F152" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H152" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
         <v>13</v>
       </c>
       <c r="B153">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C153" t="s">
         <v>16</v>
       </c>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="E153" t="s">
         <v>18</v>
       </c>
       <c r="F153" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H153" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>14</v>
       </c>
       <c r="B154">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="C154" t="s">
         <v>16</v>
       </c>
       <c r="D154" t="s">
         <v>17</v>
       </c>
       <c r="E154" t="s">
         <v>18</v>
       </c>
       <c r="F154" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H154" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
         <v>15</v>
       </c>
       <c r="B155">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="C155" t="s">
         <v>16</v>
       </c>
       <c r="D155" t="s">
         <v>17</v>
       </c>
       <c r="E155" t="s">
         <v>18</v>
       </c>
       <c r="F155" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H155" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>9</v>
       </c>
       <c r="B156">
-        <v>910</v>
+        <v>19</v>
       </c>
       <c r="C156" t="s">
         <v>16</v>
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156" t="s">
         <v>18</v>
       </c>
       <c r="F156" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H156" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>10</v>
       </c>
       <c r="B157">
-        <v>198</v>
+        <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>16</v>
       </c>
       <c r="D157" t="s">
         <v>17</v>
       </c>
       <c r="E157" t="s">
         <v>18</v>
       </c>
       <c r="F157" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H157" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>11</v>
       </c>
       <c r="B158">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="C158" t="s">
         <v>16</v>
       </c>
       <c r="D158" t="s">
         <v>17</v>
       </c>
       <c r="E158" t="s">
         <v>18</v>
       </c>
       <c r="F158" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H158" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
         <v>12</v>
       </c>
       <c r="B159">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C159" t="s">
         <v>16</v>
       </c>
       <c r="D159" t="s">
         <v>17</v>
       </c>
       <c r="E159" t="s">
         <v>18</v>
       </c>
       <c r="F159" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H159" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>13</v>
       </c>
       <c r="B160">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C160" t="s">
         <v>16</v>
       </c>
       <c r="D160" t="s">
         <v>17</v>
       </c>
       <c r="E160" t="s">
         <v>18</v>
       </c>
       <c r="F160" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H160" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>14</v>
       </c>
       <c r="B161">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="C161" t="s">
         <v>16</v>
       </c>
       <c r="D161" t="s">
         <v>17</v>
       </c>
       <c r="E161" t="s">
         <v>18</v>
       </c>
       <c r="F161" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H161" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>15</v>
       </c>
       <c r="B162">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="C162" t="s">
         <v>16</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162" t="s">
         <v>18</v>
       </c>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H162" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>9</v>
       </c>
       <c r="B163">
-        <v>145</v>
+        <v>12</v>
       </c>
       <c r="C163" t="s">
         <v>16</v>
       </c>
       <c r="D163" t="s">
         <v>17</v>
       </c>
       <c r="E163" t="s">
         <v>18</v>
       </c>
       <c r="F163" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H163" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>10</v>
       </c>
       <c r="B164">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="C164" t="s">
         <v>16</v>
       </c>
       <c r="D164" t="s">
         <v>17</v>
       </c>
       <c r="E164" t="s">
         <v>18</v>
       </c>
       <c r="F164" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H164" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>11</v>
       </c>
       <c r="B165">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="C165" t="s">
         <v>16</v>
       </c>
       <c r="D165" t="s">
         <v>17</v>
       </c>
       <c r="E165" t="s">
         <v>18</v>
       </c>
       <c r="F165" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H165" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>12</v>
       </c>
       <c r="B166">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C166" t="s">
         <v>16</v>
       </c>
       <c r="D166" t="s">
         <v>17</v>
       </c>
       <c r="E166" t="s">
         <v>18</v>
       </c>
       <c r="F166" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H166" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>13</v>
       </c>
       <c r="B167">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C167" t="s">
         <v>16</v>
       </c>
       <c r="D167" t="s">
         <v>17</v>
       </c>
       <c r="E167" t="s">
         <v>18</v>
       </c>
       <c r="F167" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H167" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>14</v>
       </c>
       <c r="B168">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="C168" t="s">
         <v>16</v>
       </c>
       <c r="D168" t="s">
         <v>17</v>
       </c>
       <c r="E168" t="s">
         <v>18</v>
       </c>
       <c r="F168" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H168" t="s">
         <v>30</v>
       </c>
       <c r="I168" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>15</v>
       </c>
       <c r="B169">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="C169" t="s">
         <v>16</v>
       </c>
       <c r="D169" t="s">
         <v>17</v>
       </c>
       <c r="E169" t="s">
         <v>18</v>
       </c>
       <c r="F169" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H169" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="2">
-        <v>45322</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>9</v>
       </c>
       <c r="B170">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="C170" t="s">
         <v>16</v>
       </c>
       <c r="D170" t="s">
         <v>17</v>
       </c>
       <c r="E170" t="s">
         <v>18</v>
       </c>
       <c r="F170" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H170" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>10</v>
       </c>
       <c r="B171">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="C171" t="s">
         <v>16</v>
       </c>
       <c r="D171" t="s">
         <v>17</v>
       </c>
       <c r="E171" t="s">
         <v>18</v>
       </c>
       <c r="F171" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H171" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>11</v>
       </c>
       <c r="B172">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="C172" t="s">
         <v>16</v>
       </c>
       <c r="D172" t="s">
         <v>17</v>
       </c>
       <c r="E172" t="s">
         <v>18</v>
       </c>
       <c r="F172" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H172" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>12</v>
       </c>
       <c r="B173">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C173" t="s">
         <v>16</v>
       </c>
       <c r="D173" t="s">
         <v>17</v>
       </c>
       <c r="E173" t="s">
         <v>18</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H173" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>13</v>
       </c>
       <c r="B174">
         <v>0</v>
       </c>
       <c r="C174" t="s">
         <v>16</v>
       </c>
       <c r="D174" t="s">
         <v>17</v>
       </c>
       <c r="E174" t="s">
         <v>18</v>
       </c>
       <c r="F174" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H174" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
         <v>14</v>
       </c>
       <c r="B175">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C175" t="s">
         <v>16</v>
       </c>
       <c r="D175" t="s">
         <v>17</v>
       </c>
       <c r="E175" t="s">
         <v>18</v>
       </c>
       <c r="F175" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H175" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
         <v>15</v>
       </c>
       <c r="B176">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C176" t="s">
         <v>16</v>
       </c>
       <c r="D176" t="s">
         <v>17</v>
       </c>
       <c r="E176" t="s">
         <v>18</v>
       </c>
       <c r="F176" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H176" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="2">
-        <v>45351</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>9</v>
       </c>
       <c r="B177">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="C177" t="s">
         <v>16</v>
       </c>
       <c r="D177" t="s">
         <v>17</v>
       </c>
       <c r="E177" t="s">
         <v>18</v>
       </c>
       <c r="F177" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H177" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>10</v>
       </c>
       <c r="B178">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="C178" t="s">
         <v>16</v>
       </c>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178" t="s">
         <v>18</v>
       </c>
       <c r="F178" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G178" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H178" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
         <v>11</v>
       </c>
       <c r="B179">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C179" t="s">
         <v>16</v>
       </c>
       <c r="D179" t="s">
         <v>17</v>
       </c>
       <c r="E179" t="s">
         <v>18</v>
       </c>
       <c r="F179" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H179" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
         <v>12</v>
       </c>
       <c r="B180">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C180" t="s">
         <v>16</v>
       </c>
       <c r="D180" t="s">
         <v>17</v>
       </c>
       <c r="E180" t="s">
         <v>18</v>
       </c>
       <c r="F180" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G180" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H180" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
         <v>13</v>
       </c>
       <c r="B181">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C181" t="s">
         <v>16</v>
       </c>
       <c r="D181" t="s">
         <v>17</v>
       </c>
       <c r="E181" t="s">
         <v>18</v>
       </c>
       <c r="F181" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H181" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
         <v>14</v>
       </c>
       <c r="B182">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C182" t="s">
         <v>16</v>
       </c>
       <c r="D182" t="s">
         <v>17</v>
       </c>
       <c r="E182" t="s">
         <v>18</v>
       </c>
       <c r="F182" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G182" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H182" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
         <v>15</v>
       </c>
       <c r="B183">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C183" t="s">
         <v>16</v>
       </c>
       <c r="D183" t="s">
         <v>17</v>
       </c>
       <c r="E183" t="s">
         <v>18</v>
       </c>
       <c r="F183" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G183" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H183" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="2">
-        <v>45382</v>
+        <v>44957</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
         <v>9</v>
       </c>
       <c r="B184">
-        <v>179</v>
+        <v>57</v>
       </c>
       <c r="C184" t="s">
         <v>16</v>
       </c>
       <c r="D184" t="s">
         <v>17</v>
       </c>
       <c r="E184" t="s">
         <v>18</v>
       </c>
       <c r="F184" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G184" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H184" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>10</v>
       </c>
       <c r="B185">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="C185" t="s">
         <v>16</v>
       </c>
       <c r="D185" t="s">
         <v>17</v>
       </c>
       <c r="E185" t="s">
         <v>18</v>
       </c>
       <c r="F185" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G185" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H185" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
         <v>11</v>
       </c>
       <c r="B186">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="C186" t="s">
         <v>16</v>
       </c>
       <c r="D186" t="s">
         <v>17</v>
       </c>
       <c r="E186" t="s">
         <v>18</v>
       </c>
       <c r="F186" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H186" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
         <v>12</v>
       </c>
       <c r="B187">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C187" t="s">
         <v>16</v>
       </c>
       <c r="D187" t="s">
         <v>17</v>
       </c>
       <c r="E187" t="s">
         <v>18</v>
       </c>
       <c r="F187" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H187" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
         <v>13</v>
       </c>
       <c r="B188">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C188" t="s">
         <v>16</v>
       </c>
       <c r="D188" t="s">
         <v>17</v>
       </c>
       <c r="E188" t="s">
         <v>18</v>
       </c>
       <c r="F188" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H188" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
         <v>14</v>
       </c>
       <c r="B189">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="C189" t="s">
         <v>16</v>
       </c>
       <c r="D189" t="s">
         <v>17</v>
       </c>
       <c r="E189" t="s">
         <v>18</v>
       </c>
       <c r="F189" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G189" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H189" t="s">
         <v>30</v>
       </c>
       <c r="I189" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>15</v>
       </c>
       <c r="B190">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="C190" t="s">
         <v>16</v>
       </c>
       <c r="D190" t="s">
         <v>17</v>
       </c>
       <c r="E190" t="s">
         <v>18</v>
       </c>
       <c r="F190" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G190" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H190" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="2">
-        <v>45412</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
         <v>9</v>
       </c>
       <c r="B191">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="C191" t="s">
         <v>16</v>
       </c>
       <c r="D191" t="s">
         <v>17</v>
       </c>
       <c r="E191" t="s">
         <v>18</v>
       </c>
       <c r="F191" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G191" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H191" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
         <v>10</v>
       </c>
       <c r="B192">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="C192" t="s">
         <v>16</v>
       </c>
       <c r="D192" t="s">
         <v>17</v>
       </c>
       <c r="E192" t="s">
         <v>18</v>
       </c>
       <c r="F192" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G192" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H192" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
         <v>11</v>
       </c>
       <c r="B193">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C193" t="s">
         <v>16</v>
       </c>
       <c r="D193" t="s">
         <v>17</v>
       </c>
       <c r="E193" t="s">
         <v>18</v>
       </c>
       <c r="F193" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H193" t="s">
         <v>30</v>
       </c>
       <c r="I193" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
         <v>12</v>
       </c>
       <c r="B194">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C194" t="s">
         <v>16</v>
       </c>
       <c r="D194" t="s">
         <v>17</v>
       </c>
       <c r="E194" t="s">
         <v>18</v>
       </c>
       <c r="F194" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G194" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H194" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
         <v>13</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195" t="s">
         <v>16</v>
       </c>
       <c r="D195" t="s">
         <v>17</v>
       </c>
       <c r="E195" t="s">
         <v>18</v>
       </c>
       <c r="F195" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G195" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H195" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
         <v>14</v>
       </c>
       <c r="B196">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="C196" t="s">
         <v>16</v>
       </c>
       <c r="D196" t="s">
         <v>17</v>
       </c>
       <c r="E196" t="s">
         <v>18</v>
       </c>
       <c r="F196" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H196" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
         <v>15</v>
       </c>
       <c r="B197">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="C197" t="s">
         <v>16</v>
       </c>
       <c r="D197" t="s">
         <v>17</v>
       </c>
       <c r="E197" t="s">
         <v>18</v>
       </c>
       <c r="F197" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H197" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="2">
-        <v>45443</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
         <v>9</v>
       </c>
       <c r="B198">
-        <v>177</v>
+        <v>84</v>
       </c>
       <c r="C198" t="s">
         <v>16</v>
       </c>
       <c r="D198" t="s">
         <v>17</v>
       </c>
       <c r="E198" t="s">
         <v>18</v>
       </c>
       <c r="F198" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H198" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>10</v>
       </c>
       <c r="B199">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="C199" t="s">
         <v>16</v>
       </c>
       <c r="D199" t="s">
         <v>17</v>
       </c>
       <c r="E199" t="s">
         <v>18</v>
       </c>
       <c r="F199" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H199" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
         <v>11</v>
       </c>
       <c r="B200">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>16</v>
       </c>
       <c r="D200" t="s">
         <v>17</v>
       </c>
       <c r="E200" t="s">
         <v>18</v>
       </c>
       <c r="F200" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H200" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
         <v>12</v>
       </c>
       <c r="B201">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C201" t="s">
         <v>16</v>
       </c>
       <c r="D201" t="s">
         <v>17</v>
       </c>
       <c r="E201" t="s">
         <v>18</v>
       </c>
       <c r="F201" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G201" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H201" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
         <v>13</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202" t="s">
         <v>16</v>
       </c>
       <c r="D202" t="s">
         <v>17</v>
       </c>
       <c r="E202" t="s">
         <v>18</v>
       </c>
       <c r="F202" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H202" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
         <v>14</v>
       </c>
       <c r="B203">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C203" t="s">
         <v>16</v>
       </c>
       <c r="D203" t="s">
         <v>17</v>
       </c>
       <c r="E203" t="s">
         <v>18</v>
       </c>
       <c r="F203" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G203" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H203" t="s">
         <v>30</v>
       </c>
       <c r="I203" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
         <v>15</v>
       </c>
       <c r="B204">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C204" t="s">
         <v>16</v>
       </c>
       <c r="D204" t="s">
         <v>17</v>
       </c>
       <c r="E204" t="s">
         <v>18</v>
       </c>
       <c r="F204" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G204" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H204" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="2">
-        <v>45688</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
         <v>9</v>
       </c>
       <c r="B205">
-        <v>144</v>
+        <v>114</v>
       </c>
       <c r="C205" t="s">
         <v>16</v>
       </c>
       <c r="D205" t="s">
         <v>17</v>
       </c>
       <c r="E205" t="s">
         <v>18</v>
       </c>
       <c r="F205" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G205" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H205" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
         <v>10</v>
       </c>
       <c r="B206">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C206" t="s">
         <v>16</v>
       </c>
       <c r="D206" t="s">
         <v>17</v>
       </c>
       <c r="E206" t="s">
         <v>18</v>
       </c>
       <c r="F206" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G206" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H206" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
         <v>11</v>
       </c>
       <c r="B207">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C207" t="s">
         <v>16</v>
       </c>
       <c r="D207" t="s">
         <v>17</v>
       </c>
       <c r="E207" t="s">
         <v>18</v>
       </c>
       <c r="F207" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G207" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H207" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
         <v>12</v>
       </c>
       <c r="B208">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C208" t="s">
         <v>16</v>
       </c>
       <c r="D208" t="s">
         <v>17</v>
       </c>
       <c r="E208" t="s">
         <v>18</v>
       </c>
       <c r="F208" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G208" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H208" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
         <v>13</v>
       </c>
       <c r="B209">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C209" t="s">
         <v>16</v>
       </c>
       <c r="D209" t="s">
         <v>17</v>
       </c>
       <c r="E209" t="s">
         <v>18</v>
       </c>
       <c r="F209" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G209" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H209" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
         <v>14</v>
       </c>
       <c r="B210">
         <v>10</v>
       </c>
       <c r="C210" t="s">
         <v>16</v>
       </c>
       <c r="D210" t="s">
         <v>17</v>
       </c>
       <c r="E210" t="s">
         <v>18</v>
       </c>
       <c r="F210" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G210" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H210" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
         <v>15</v>
       </c>
       <c r="B211">
         <v>10</v>
       </c>
       <c r="C211" t="s">
         <v>16</v>
       </c>
       <c r="D211" t="s">
         <v>17</v>
       </c>
       <c r="E211" t="s">
         <v>18</v>
       </c>
       <c r="F211" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G211" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H211" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="2">
-        <v>45716</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
         <v>9</v>
       </c>
       <c r="B212">
-        <v>158</v>
+        <v>61</v>
       </c>
       <c r="C212" t="s">
         <v>16</v>
       </c>
       <c r="D212" t="s">
         <v>17</v>
       </c>
       <c r="E212" t="s">
         <v>18</v>
       </c>
       <c r="F212" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G212" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H212" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
         <v>10</v>
       </c>
       <c r="B213">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="C213" t="s">
         <v>16</v>
       </c>
       <c r="D213" t="s">
         <v>17</v>
       </c>
       <c r="E213" t="s">
         <v>18</v>
       </c>
       <c r="F213" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G213" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H213" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
         <v>11</v>
       </c>
       <c r="B214">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C214" t="s">
         <v>16</v>
       </c>
       <c r="D214" t="s">
         <v>17</v>
       </c>
       <c r="E214" t="s">
         <v>18</v>
       </c>
       <c r="F214" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G214" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H214" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
         <v>12</v>
       </c>
       <c r="B215">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C215" t="s">
         <v>16</v>
       </c>
       <c r="D215" t="s">
         <v>17</v>
       </c>
       <c r="E215" t="s">
         <v>18</v>
       </c>
       <c r="F215" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G215" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H215" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
         <v>13</v>
       </c>
       <c r="B216">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C216" t="s">
         <v>16</v>
       </c>
       <c r="D216" t="s">
         <v>17</v>
       </c>
       <c r="E216" t="s">
         <v>18</v>
       </c>
       <c r="F216" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G216" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H216" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
         <v>14</v>
       </c>
       <c r="B217">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C217" t="s">
         <v>16</v>
       </c>
       <c r="D217" t="s">
         <v>17</v>
       </c>
       <c r="E217" t="s">
         <v>18</v>
       </c>
       <c r="F217" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G217" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H217" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
         <v>15</v>
       </c>
       <c r="B218">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C218" t="s">
         <v>16</v>
       </c>
       <c r="D218" t="s">
         <v>17</v>
       </c>
       <c r="E218" t="s">
         <v>18</v>
       </c>
       <c r="F218" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G218" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H218" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="2">
-        <v>45747</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
         <v>9</v>
       </c>
       <c r="B219">
-        <v>185</v>
+        <v>242</v>
       </c>
       <c r="C219" t="s">
         <v>16</v>
       </c>
       <c r="D219" t="s">
         <v>17</v>
       </c>
       <c r="E219" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F219" t="s">
         <v>22</v>
       </c>
       <c r="G219" t="s">
         <v>27</v>
       </c>
       <c r="H219" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
         <v>10</v>
       </c>
       <c r="B220">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="C220" t="s">
         <v>16</v>
       </c>
       <c r="D220" t="s">
         <v>17</v>
       </c>
       <c r="E220" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F220" t="s">
         <v>22</v>
       </c>
       <c r="G220" t="s">
         <v>27</v>
       </c>
       <c r="H220" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
         <v>11</v>
       </c>
       <c r="B221">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C221" t="s">
         <v>16</v>
       </c>
       <c r="D221" t="s">
         <v>17</v>
       </c>
       <c r="E221" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F221" t="s">
         <v>22</v>
       </c>
       <c r="G221" t="s">
         <v>27</v>
       </c>
       <c r="H221" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
         <v>12</v>
       </c>
       <c r="B222">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C222" t="s">
         <v>16</v>
       </c>
       <c r="D222" t="s">
         <v>17</v>
       </c>
       <c r="E222" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F222" t="s">
         <v>22</v>
       </c>
       <c r="G222" t="s">
         <v>27</v>
       </c>
       <c r="H222" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
         <v>13</v>
       </c>
       <c r="B223">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C223" t="s">
         <v>16</v>
       </c>
       <c r="D223" t="s">
         <v>17</v>
       </c>
       <c r="E223" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F223" t="s">
         <v>22</v>
       </c>
       <c r="G223" t="s">
         <v>27</v>
       </c>
       <c r="H223" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
         <v>14</v>
       </c>
       <c r="B224">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C224" t="s">
         <v>16</v>
       </c>
       <c r="D224" t="s">
         <v>17</v>
       </c>
       <c r="E224" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F224" t="s">
         <v>22</v>
       </c>
       <c r="G224" t="s">
         <v>27</v>
       </c>
       <c r="H224" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
         <v>15</v>
       </c>
       <c r="B225">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C225" t="s">
         <v>16</v>
       </c>
       <c r="D225" t="s">
         <v>17</v>
       </c>
       <c r="E225" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F225" t="s">
         <v>22</v>
       </c>
       <c r="G225" t="s">
         <v>27</v>
       </c>
       <c r="H225" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="2">
-        <v>45777</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
         <v>9</v>
       </c>
       <c r="B226">
-        <v>198</v>
+        <v>127</v>
       </c>
       <c r="C226" t="s">
         <v>16</v>
       </c>
       <c r="D226" t="s">
         <v>17</v>
       </c>
       <c r="E226" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F226" t="s">
         <v>22</v>
       </c>
       <c r="G226" t="s">
         <v>27</v>
       </c>
       <c r="H226" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>10</v>
       </c>
       <c r="B227">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="C227" t="s">
         <v>16</v>
       </c>
       <c r="D227" t="s">
         <v>17</v>
       </c>
       <c r="E227" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F227" t="s">
         <v>22</v>
       </c>
       <c r="G227" t="s">
         <v>27</v>
       </c>
       <c r="H227" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>11</v>
       </c>
       <c r="B228">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C228" t="s">
         <v>16</v>
       </c>
       <c r="D228" t="s">
         <v>17</v>
       </c>
       <c r="E228" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F228" t="s">
         <v>22</v>
       </c>
       <c r="G228" t="s">
         <v>27</v>
       </c>
       <c r="H228" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
         <v>12</v>
       </c>
       <c r="B229">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C229" t="s">
         <v>16</v>
       </c>
       <c r="D229" t="s">
         <v>17</v>
       </c>
       <c r="E229" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F229" t="s">
         <v>22</v>
       </c>
       <c r="G229" t="s">
         <v>27</v>
       </c>
       <c r="H229" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
         <v>13</v>
       </c>
       <c r="B230">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C230" t="s">
         <v>16</v>
       </c>
       <c r="D230" t="s">
         <v>17</v>
       </c>
       <c r="E230" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" t="s">
         <v>27</v>
       </c>
       <c r="H230" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
         <v>14</v>
       </c>
       <c r="B231">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C231" t="s">
         <v>16</v>
       </c>
       <c r="D231" t="s">
         <v>17</v>
       </c>
       <c r="E231" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F231" t="s">
         <v>22</v>
       </c>
       <c r="G231" t="s">
         <v>27</v>
       </c>
       <c r="H231" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
         <v>15</v>
       </c>
       <c r="B232">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C232" t="s">
         <v>16</v>
       </c>
       <c r="D232" t="s">
         <v>17</v>
       </c>
       <c r="E232" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F232" t="s">
         <v>22</v>
       </c>
       <c r="G232" t="s">
         <v>27</v>
       </c>
       <c r="H232" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="2">
-        <v>45808</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
         <v>9</v>
       </c>
       <c r="B233">
-        <v>195</v>
+        <v>148</v>
       </c>
       <c r="C233" t="s">
         <v>16</v>
       </c>
       <c r="D233" t="s">
         <v>17</v>
       </c>
       <c r="E233" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F233" t="s">
         <v>22</v>
       </c>
       <c r="G233" t="s">
         <v>27</v>
       </c>
       <c r="H233" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
         <v>10</v>
       </c>
       <c r="B234">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C234" t="s">
         <v>16</v>
       </c>
       <c r="D234" t="s">
         <v>17</v>
       </c>
       <c r="E234" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F234" t="s">
         <v>22</v>
       </c>
       <c r="G234" t="s">
         <v>27</v>
       </c>
       <c r="H234" t="s">
         <v>30</v>
       </c>
       <c r="I234" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
         <v>11</v>
       </c>
       <c r="B235">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C235" t="s">
         <v>16</v>
       </c>
       <c r="D235" t="s">
         <v>17</v>
       </c>
       <c r="E235" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F235" t="s">
         <v>22</v>
       </c>
       <c r="G235" t="s">
         <v>27</v>
       </c>
       <c r="H235" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
         <v>12</v>
       </c>
       <c r="B236">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C236" t="s">
         <v>16</v>
       </c>
       <c r="D236" t="s">
         <v>17</v>
       </c>
       <c r="E236" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F236" t="s">
         <v>22</v>
       </c>
       <c r="G236" t="s">
         <v>27</v>
       </c>
       <c r="H236" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
         <v>13</v>
       </c>
       <c r="B237">
         <v>3</v>
       </c>
       <c r="C237" t="s">
         <v>16</v>
       </c>
       <c r="D237" t="s">
         <v>17</v>
       </c>
       <c r="E237" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F237" t="s">
         <v>22</v>
       </c>
       <c r="G237" t="s">
         <v>27</v>
       </c>
       <c r="H237" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
         <v>14</v>
       </c>
       <c r="B238">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>16</v>
       </c>
       <c r="D238" t="s">
         <v>17</v>
       </c>
       <c r="E238" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F238" t="s">
         <v>22</v>
       </c>
       <c r="G238" t="s">
         <v>27</v>
       </c>
       <c r="H238" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
         <v>15</v>
       </c>
       <c r="B239">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>16</v>
       </c>
       <c r="D239" t="s">
         <v>17</v>
       </c>
       <c r="E239" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F239" t="s">
         <v>22</v>
       </c>
       <c r="G239" t="s">
         <v>27</v>
       </c>
       <c r="H239" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="2">
-        <v>45838</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
         <v>9</v>
       </c>
       <c r="B240">
-        <v>185</v>
+        <v>208</v>
       </c>
       <c r="C240" t="s">
         <v>16</v>
       </c>
       <c r="D240" t="s">
         <v>17</v>
       </c>
       <c r="E240" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F240" t="s">
         <v>22</v>
       </c>
       <c r="G240" t="s">
         <v>27</v>
       </c>
       <c r="H240" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
         <v>10</v>
       </c>
       <c r="B241">
         <v>72</v>
       </c>
       <c r="C241" t="s">
         <v>16</v>
       </c>
       <c r="D241" t="s">
         <v>17</v>
       </c>
       <c r="E241" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F241" t="s">
         <v>22</v>
       </c>
       <c r="G241" t="s">
         <v>27</v>
       </c>
       <c r="H241" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
         <v>11</v>
       </c>
       <c r="B242">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C242" t="s">
         <v>16</v>
       </c>
       <c r="D242" t="s">
         <v>17</v>
       </c>
       <c r="E242" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F242" t="s">
         <v>22</v>
       </c>
       <c r="G242" t="s">
         <v>27</v>
       </c>
       <c r="H242" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
         <v>12</v>
       </c>
       <c r="B243">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C243" t="s">
         <v>16</v>
       </c>
       <c r="D243" t="s">
         <v>17</v>
       </c>
       <c r="E243" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F243" t="s">
         <v>22</v>
       </c>
       <c r="G243" t="s">
         <v>27</v>
       </c>
       <c r="H243" t="s">
         <v>30</v>
       </c>
       <c r="I243" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
         <v>13</v>
       </c>
       <c r="B244">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C244" t="s">
         <v>16</v>
       </c>
       <c r="D244" t="s">
         <v>17</v>
       </c>
       <c r="E244" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F244" t="s">
         <v>22</v>
       </c>
       <c r="G244" t="s">
         <v>27</v>
       </c>
       <c r="H244" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
         <v>14</v>
       </c>
       <c r="B245">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C245" t="s">
         <v>16</v>
       </c>
       <c r="D245" t="s">
         <v>17</v>
       </c>
       <c r="E245" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F245" t="s">
         <v>22</v>
       </c>
       <c r="G245" t="s">
         <v>27</v>
       </c>
       <c r="H245" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
         <v>15</v>
       </c>
       <c r="B246">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C246" t="s">
         <v>16</v>
       </c>
       <c r="D246" t="s">
         <v>17</v>
       </c>
       <c r="E246" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F246" t="s">
         <v>22</v>
       </c>
       <c r="G246" t="s">
         <v>27</v>
       </c>
       <c r="H246" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="2">
-        <v>45869</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
         <v>9</v>
       </c>
       <c r="B247">
-        <v>92</v>
+        <v>234</v>
       </c>
       <c r="C247" t="s">
         <v>16</v>
       </c>
       <c r="D247" t="s">
         <v>17</v>
       </c>
       <c r="E247" t="s">
         <v>19</v>
       </c>
       <c r="F247" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G247" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H247" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
         <v>10</v>
       </c>
       <c r="B248">
         <v>92</v>
       </c>
       <c r="C248" t="s">
         <v>16</v>
       </c>
       <c r="D248" t="s">
         <v>17</v>
       </c>
       <c r="E248" t="s">
         <v>19</v>
       </c>
       <c r="F248" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G248" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H248" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
         <v>11</v>
       </c>
       <c r="B249">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C249" t="s">
         <v>16</v>
       </c>
       <c r="D249" t="s">
         <v>17</v>
       </c>
       <c r="E249" t="s">
         <v>19</v>
       </c>
       <c r="F249" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G249" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H249" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
         <v>12</v>
       </c>
       <c r="B250">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C250" t="s">
         <v>16</v>
       </c>
       <c r="D250" t="s">
         <v>17</v>
       </c>
       <c r="E250" t="s">
         <v>19</v>
       </c>
       <c r="F250" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G250" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H250" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
         <v>13</v>
       </c>
       <c r="B251">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C251" t="s">
         <v>16</v>
       </c>
       <c r="D251" t="s">
         <v>17</v>
       </c>
       <c r="E251" t="s">
         <v>19</v>
       </c>
       <c r="F251" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G251" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H251" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
         <v>14</v>
       </c>
       <c r="B252">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C252" t="s">
         <v>16</v>
       </c>
       <c r="D252" t="s">
         <v>17</v>
       </c>
       <c r="E252" t="s">
         <v>19</v>
       </c>
       <c r="F252" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G252" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H252" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
         <v>15</v>
       </c>
       <c r="B253">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C253" t="s">
         <v>16</v>
       </c>
       <c r="D253" t="s">
         <v>17</v>
       </c>
       <c r="E253" t="s">
         <v>19</v>
       </c>
       <c r="F253" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G253" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H253" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="2">
-        <v>44957</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
         <v>9</v>
       </c>
       <c r="B254">
-        <v>57</v>
+        <v>205</v>
       </c>
       <c r="C254" t="s">
         <v>16</v>
       </c>
       <c r="D254" t="s">
         <v>17</v>
       </c>
       <c r="E254" t="s">
         <v>19</v>
       </c>
       <c r="F254" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G254" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H254" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
         <v>10</v>
       </c>
       <c r="B255">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="C255" t="s">
         <v>16</v>
       </c>
       <c r="D255" t="s">
         <v>17</v>
       </c>
       <c r="E255" t="s">
         <v>19</v>
       </c>
       <c r="F255" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G255" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H255" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
         <v>11</v>
       </c>
       <c r="B256">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="C256" t="s">
         <v>16</v>
       </c>
       <c r="D256" t="s">
         <v>17</v>
       </c>
       <c r="E256" t="s">
         <v>19</v>
       </c>
       <c r="F256" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G256" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H256" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
         <v>12</v>
       </c>
       <c r="B257">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C257" t="s">
         <v>16</v>
       </c>
       <c r="D257" t="s">
         <v>17</v>
       </c>
       <c r="E257" t="s">
         <v>19</v>
       </c>
       <c r="F257" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G257" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H257" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
         <v>13</v>
       </c>
       <c r="B258">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C258" t="s">
         <v>16</v>
       </c>
       <c r="D258" t="s">
         <v>17</v>
       </c>
       <c r="E258" t="s">
         <v>19</v>
       </c>
       <c r="F258" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G258" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H258" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
         <v>14</v>
       </c>
       <c r="B259">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C259" t="s">
         <v>16</v>
       </c>
       <c r="D259" t="s">
         <v>17</v>
       </c>
       <c r="E259" t="s">
         <v>19</v>
       </c>
       <c r="F259" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G259" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H259" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
         <v>15</v>
       </c>
       <c r="B260">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C260" t="s">
         <v>16</v>
       </c>
       <c r="D260" t="s">
         <v>17</v>
       </c>
       <c r="E260" t="s">
         <v>19</v>
       </c>
       <c r="F260" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G260" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H260" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
         <v>9</v>
       </c>
       <c r="B261">
-        <v>61</v>
+        <v>180</v>
       </c>
       <c r="C261" t="s">
         <v>16</v>
       </c>
       <c r="D261" t="s">
         <v>17</v>
       </c>
       <c r="E261" t="s">
         <v>19</v>
       </c>
       <c r="F261" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G261" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H261" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
         <v>10</v>
       </c>
       <c r="B262">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="C262" t="s">
         <v>16</v>
       </c>
       <c r="D262" t="s">
         <v>17</v>
       </c>
       <c r="E262" t="s">
         <v>19</v>
       </c>
       <c r="F262" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G262" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H262" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
         <v>11</v>
       </c>
       <c r="B263">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>16</v>
       </c>
       <c r="D263" t="s">
         <v>17</v>
       </c>
       <c r="E263" t="s">
         <v>19</v>
       </c>
       <c r="F263" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G263" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H263" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
         <v>12</v>
       </c>
       <c r="B264">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C264" t="s">
         <v>16</v>
       </c>
       <c r="D264" t="s">
         <v>17</v>
       </c>
       <c r="E264" t="s">
         <v>19</v>
       </c>
       <c r="F264" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G264" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H264" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
         <v>13</v>
       </c>
       <c r="B265">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C265" t="s">
         <v>16</v>
       </c>
       <c r="D265" t="s">
         <v>17</v>
       </c>
       <c r="E265" t="s">
         <v>19</v>
       </c>
       <c r="F265" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G265" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H265" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
         <v>14</v>
       </c>
       <c r="B266">
         <v>7</v>
       </c>
       <c r="C266" t="s">
         <v>16</v>
       </c>
       <c r="D266" t="s">
         <v>17</v>
       </c>
       <c r="E266" t="s">
         <v>19</v>
       </c>
       <c r="F266" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G266" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H266" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
         <v>15</v>
       </c>
       <c r="B267">
         <v>7</v>
       </c>
       <c r="C267" t="s">
         <v>16</v>
       </c>
       <c r="D267" t="s">
         <v>17</v>
       </c>
       <c r="E267" t="s">
         <v>19</v>
       </c>
       <c r="F267" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G267" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H267" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="2">
-        <v>45016</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
         <v>9</v>
       </c>
       <c r="B268">
-        <v>84</v>
+        <v>142</v>
       </c>
       <c r="C268" t="s">
         <v>16</v>
       </c>
       <c r="D268" t="s">
         <v>17</v>
       </c>
       <c r="E268" t="s">
         <v>19</v>
       </c>
       <c r="F268" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G268" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H268" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
         <v>10</v>
       </c>
       <c r="B269">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C269" t="s">
         <v>16</v>
       </c>
       <c r="D269" t="s">
         <v>17</v>
       </c>
       <c r="E269" t="s">
         <v>19</v>
       </c>
       <c r="F269" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G269" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H269" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
         <v>11</v>
       </c>
       <c r="B270">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C270" t="s">
         <v>16</v>
       </c>
       <c r="D270" t="s">
         <v>17</v>
       </c>
       <c r="E270" t="s">
         <v>19</v>
       </c>
       <c r="F270" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G270" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H270" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
         <v>12</v>
       </c>
       <c r="B271">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C271" t="s">
         <v>16</v>
       </c>
       <c r="D271" t="s">
         <v>17</v>
       </c>
       <c r="E271" t="s">
         <v>19</v>
       </c>
       <c r="F271" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G271" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H271" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
         <v>13</v>
       </c>
       <c r="B272">
         <v>0</v>
       </c>
       <c r="C272" t="s">
         <v>16</v>
       </c>
       <c r="D272" t="s">
         <v>17</v>
       </c>
       <c r="E272" t="s">
         <v>19</v>
       </c>
       <c r="F272" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G272" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H272" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
         <v>14</v>
       </c>
       <c r="B273">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>16</v>
       </c>
       <c r="D273" t="s">
         <v>17</v>
       </c>
       <c r="E273" t="s">
         <v>19</v>
       </c>
       <c r="F273" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G273" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H273" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
         <v>15</v>
       </c>
       <c r="B274">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>16</v>
       </c>
       <c r="D274" t="s">
         <v>17</v>
       </c>
       <c r="E274" t="s">
         <v>19</v>
       </c>
       <c r="F274" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G274" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H274" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="2">
-        <v>45046</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
         <v>9</v>
       </c>
       <c r="B275">
-        <v>114</v>
+        <v>225</v>
       </c>
       <c r="C275" t="s">
         <v>16</v>
       </c>
       <c r="D275" t="s">
         <v>17</v>
       </c>
       <c r="E275" t="s">
         <v>19</v>
       </c>
       <c r="F275" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G275" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H275" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
         <v>10</v>
       </c>
       <c r="B276">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="C276" t="s">
         <v>16</v>
       </c>
       <c r="D276" t="s">
         <v>17</v>
       </c>
       <c r="E276" t="s">
         <v>19</v>
       </c>
       <c r="F276" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G276" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H276" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
         <v>11</v>
       </c>
       <c r="B277">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C277" t="s">
         <v>16</v>
       </c>
       <c r="D277" t="s">
         <v>17</v>
       </c>
       <c r="E277" t="s">
         <v>19</v>
       </c>
       <c r="F277" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G277" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H277" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
         <v>12</v>
       </c>
       <c r="B278">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C278" t="s">
         <v>16</v>
       </c>
       <c r="D278" t="s">
         <v>17</v>
       </c>
       <c r="E278" t="s">
         <v>19</v>
       </c>
       <c r="F278" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G278" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H278" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
         <v>13</v>
       </c>
       <c r="B279">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C279" t="s">
         <v>16</v>
       </c>
       <c r="D279" t="s">
         <v>17</v>
       </c>
       <c r="E279" t="s">
         <v>19</v>
       </c>
       <c r="F279" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G279" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H279" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
         <v>14</v>
       </c>
       <c r="B280">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C280" t="s">
         <v>16</v>
       </c>
       <c r="D280" t="s">
         <v>17</v>
       </c>
       <c r="E280" t="s">
         <v>19</v>
       </c>
       <c r="F280" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G280" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H280" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
         <v>15</v>
       </c>
       <c r="B281">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C281" t="s">
         <v>16</v>
       </c>
       <c r="D281" t="s">
         <v>17</v>
       </c>
       <c r="E281" t="s">
         <v>19</v>
       </c>
       <c r="F281" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G281" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H281" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="2">
-        <v>45077</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
         <v>9</v>
       </c>
       <c r="B282">
-        <v>61</v>
+        <v>283</v>
       </c>
       <c r="C282" t="s">
         <v>16</v>
       </c>
       <c r="D282" t="s">
         <v>17</v>
       </c>
       <c r="E282" t="s">
         <v>19</v>
       </c>
       <c r="F282" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G282" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H282" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
         <v>10</v>
       </c>
       <c r="B283">
-        <v>37</v>
+        <v>84</v>
       </c>
       <c r="C283" t="s">
         <v>16</v>
       </c>
       <c r="D283" t="s">
         <v>17</v>
       </c>
       <c r="E283" t="s">
         <v>19</v>
       </c>
       <c r="F283" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G283" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H283" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
         <v>11</v>
       </c>
       <c r="B284">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C284" t="s">
         <v>16</v>
       </c>
       <c r="D284" t="s">
         <v>17</v>
       </c>
       <c r="E284" t="s">
         <v>19</v>
       </c>
       <c r="F284" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G284" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H284" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
         <v>12</v>
       </c>
       <c r="B285">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C285" t="s">
         <v>16</v>
       </c>
       <c r="D285" t="s">
         <v>17</v>
       </c>
       <c r="E285" t="s">
         <v>19</v>
       </c>
       <c r="F285" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G285" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H285" t="s">
         <v>30</v>
       </c>
       <c r="I285" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
         <v>13</v>
       </c>
       <c r="B286">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C286" t="s">
         <v>16</v>
       </c>
       <c r="D286" t="s">
         <v>17</v>
       </c>
       <c r="E286" t="s">
         <v>19</v>
       </c>
       <c r="F286" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G286" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H286" t="s">
         <v>30</v>
       </c>
       <c r="I286" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
         <v>14</v>
       </c>
       <c r="B287">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C287" t="s">
         <v>16</v>
       </c>
       <c r="D287" t="s">
         <v>17</v>
       </c>
       <c r="E287" t="s">
         <v>19</v>
       </c>
       <c r="F287" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G287" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H287" t="s">
         <v>30</v>
       </c>
       <c r="I287" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
         <v>15</v>
       </c>
       <c r="B288">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C288" t="s">
         <v>16</v>
       </c>
       <c r="D288" t="s">
         <v>17</v>
       </c>
       <c r="E288" t="s">
         <v>19</v>
       </c>
       <c r="F288" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G288" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H288" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="2">
-        <v>45107</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
         <v>9</v>
       </c>
       <c r="B289">
-        <v>63</v>
+        <v>360</v>
       </c>
       <c r="C289" t="s">
         <v>16</v>
       </c>
       <c r="D289" t="s">
         <v>17</v>
       </c>
       <c r="E289" t="s">
         <v>19</v>
       </c>
       <c r="F289" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G289" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H289" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
         <v>10</v>
       </c>
       <c r="B290">
-        <v>28</v>
+        <v>87</v>
       </c>
       <c r="C290" t="s">
         <v>16</v>
       </c>
       <c r="D290" t="s">
         <v>17</v>
       </c>
       <c r="E290" t="s">
         <v>19</v>
       </c>
       <c r="F290" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G290" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H290" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
         <v>11</v>
       </c>
       <c r="B291">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="C291" t="s">
         <v>16</v>
       </c>
       <c r="D291" t="s">
         <v>17</v>
       </c>
       <c r="E291" t="s">
         <v>19</v>
       </c>
       <c r="F291" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G291" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H291" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
         <v>12</v>
       </c>
       <c r="B292">
         <v>2</v>
       </c>
       <c r="C292" t="s">
         <v>16</v>
       </c>
       <c r="D292" t="s">
         <v>17</v>
       </c>
       <c r="E292" t="s">
         <v>19</v>
       </c>
       <c r="F292" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G292" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H292" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
         <v>13</v>
       </c>
       <c r="B293">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C293" t="s">
         <v>16</v>
       </c>
       <c r="D293" t="s">
         <v>17</v>
       </c>
       <c r="E293" t="s">
         <v>19</v>
       </c>
       <c r="F293" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G293" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H293" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
         <v>14</v>
       </c>
       <c r="B294">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C294" t="s">
         <v>16</v>
       </c>
       <c r="D294" t="s">
         <v>17</v>
       </c>
       <c r="E294" t="s">
         <v>19</v>
       </c>
       <c r="F294" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G294" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H294" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
         <v>15</v>
       </c>
       <c r="B295">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="C295" t="s">
         <v>16</v>
       </c>
       <c r="D295" t="s">
         <v>17</v>
       </c>
       <c r="E295" t="s">
         <v>19</v>
       </c>
       <c r="F295" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G295" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H295" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="2">
-        <v>45138</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
         <v>9</v>
       </c>
       <c r="B296">
-        <v>47</v>
+        <v>142</v>
       </c>
       <c r="C296" t="s">
         <v>16</v>
       </c>
       <c r="D296" t="s">
         <v>17</v>
       </c>
       <c r="E296" t="s">
         <v>19</v>
       </c>
       <c r="F296" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G296" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H296" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
         <v>10</v>
       </c>
       <c r="B297">
+        <v>53</v>
+      </c>
+      <c r="C297" t="s">
+        <v>16</v>
+      </c>
+      <c r="D297" t="s">
+        <v>17</v>
+      </c>
+      <c r="E297" t="s">
+        <v>19</v>
+      </c>
+      <c r="F297" t="s">
+        <v>22</v>
+      </c>
+      <c r="G297" t="s">
         <v>27</v>
       </c>
-      <c r="C297" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H297" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
         <v>11</v>
       </c>
       <c r="B298">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="C298" t="s">
         <v>16</v>
       </c>
       <c r="D298" t="s">
         <v>17</v>
       </c>
       <c r="E298" t="s">
         <v>19</v>
       </c>
       <c r="F298" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G298" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H298" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
         <v>12</v>
       </c>
       <c r="B299">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C299" t="s">
         <v>16</v>
       </c>
       <c r="D299" t="s">
         <v>17</v>
       </c>
       <c r="E299" t="s">
         <v>19</v>
       </c>
       <c r="F299" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G299" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H299" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
         <v>13</v>
       </c>
       <c r="B300">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C300" t="s">
         <v>16</v>
       </c>
       <c r="D300" t="s">
         <v>17</v>
       </c>
       <c r="E300" t="s">
         <v>19</v>
       </c>
       <c r="F300" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G300" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H300" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
         <v>14</v>
       </c>
       <c r="B301">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="C301" t="s">
         <v>16</v>
       </c>
       <c r="D301" t="s">
         <v>17</v>
       </c>
       <c r="E301" t="s">
         <v>19</v>
       </c>
       <c r="F301" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G301" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H301" t="s">
         <v>30</v>
       </c>
       <c r="I301" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
         <v>15</v>
       </c>
       <c r="B302">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="C302" t="s">
         <v>16</v>
       </c>
       <c r="D302" t="s">
         <v>17</v>
       </c>
       <c r="E302" t="s">
         <v>19</v>
       </c>
       <c r="F302" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G302" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H302" t="s">
         <v>30</v>
       </c>
       <c r="I302" s="2">
-        <v>45169</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
         <v>9</v>
       </c>
       <c r="B303">
-        <v>39</v>
+        <v>308</v>
       </c>
       <c r="C303" t="s">
         <v>16</v>
       </c>
       <c r="D303" t="s">
         <v>17</v>
       </c>
       <c r="E303" t="s">
         <v>19</v>
       </c>
       <c r="F303" t="s">
         <v>23</v>
       </c>
       <c r="G303" t="s">
         <v>28</v>
       </c>
       <c r="H303" t="s">
         <v>30</v>
       </c>
       <c r="I303" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
         <v>10</v>
       </c>
       <c r="B304">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="C304" t="s">
         <v>16</v>
       </c>
       <c r="D304" t="s">
         <v>17</v>
       </c>
       <c r="E304" t="s">
         <v>19</v>
       </c>
       <c r="F304" t="s">
         <v>23</v>
       </c>
       <c r="G304" t="s">
         <v>28</v>
       </c>
       <c r="H304" t="s">
         <v>30</v>
       </c>
       <c r="I304" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
         <v>11</v>
       </c>
       <c r="B305">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C305" t="s">
         <v>16</v>
       </c>
       <c r="D305" t="s">
         <v>17</v>
       </c>
       <c r="E305" t="s">
         <v>19</v>
       </c>
       <c r="F305" t="s">
         <v>23</v>
       </c>
       <c r="G305" t="s">
         <v>28</v>
       </c>
       <c r="H305" t="s">
         <v>30</v>
       </c>
       <c r="I305" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
         <v>12</v>
       </c>
       <c r="B306">
         <v>7</v>
       </c>
       <c r="C306" t="s">
         <v>16</v>
       </c>
       <c r="D306" t="s">
         <v>17</v>
       </c>
       <c r="E306" t="s">
         <v>19</v>
       </c>
       <c r="F306" t="s">
         <v>23</v>
       </c>
       <c r="G306" t="s">
         <v>28</v>
       </c>
       <c r="H306" t="s">
         <v>30</v>
       </c>
       <c r="I306" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
         <v>13</v>
       </c>
       <c r="B307">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C307" t="s">
         <v>16</v>
       </c>
       <c r="D307" t="s">
         <v>17</v>
       </c>
       <c r="E307" t="s">
         <v>19</v>
       </c>
       <c r="F307" t="s">
         <v>23</v>
       </c>
       <c r="G307" t="s">
         <v>28</v>
       </c>
       <c r="H307" t="s">
         <v>30</v>
       </c>
       <c r="I307" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
         <v>14</v>
       </c>
       <c r="B308">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C308" t="s">
         <v>16</v>
       </c>
       <c r="D308" t="s">
         <v>17</v>
       </c>
       <c r="E308" t="s">
         <v>19</v>
       </c>
       <c r="F308" t="s">
         <v>23</v>
       </c>
       <c r="G308" t="s">
         <v>28</v>
       </c>
       <c r="H308" t="s">
         <v>30</v>
       </c>
       <c r="I308" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
         <v>15</v>
       </c>
       <c r="B309">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C309" t="s">
         <v>16</v>
       </c>
       <c r="D309" t="s">
         <v>17</v>
       </c>
       <c r="E309" t="s">
         <v>19</v>
       </c>
       <c r="F309" t="s">
         <v>23</v>
       </c>
       <c r="G309" t="s">
         <v>28</v>
       </c>
       <c r="H309" t="s">
         <v>30</v>
       </c>
       <c r="I309" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
         <v>9</v>
       </c>
       <c r="B310">
-        <v>37</v>
+        <v>363</v>
       </c>
       <c r="C310" t="s">
         <v>16</v>
       </c>
       <c r="D310" t="s">
         <v>17</v>
       </c>
       <c r="E310" t="s">
         <v>19</v>
       </c>
       <c r="F310" t="s">
         <v>23</v>
       </c>
       <c r="G310" t="s">
         <v>28</v>
       </c>
       <c r="H310" t="s">
         <v>30</v>
       </c>
       <c r="I310" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
         <v>10</v>
       </c>
       <c r="B311">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="C311" t="s">
         <v>16</v>
       </c>
       <c r="D311" t="s">
         <v>17</v>
       </c>
       <c r="E311" t="s">
         <v>19</v>
       </c>
       <c r="F311" t="s">
         <v>23</v>
       </c>
       <c r="G311" t="s">
         <v>28</v>
       </c>
       <c r="H311" t="s">
         <v>30</v>
       </c>
       <c r="I311" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
         <v>11</v>
       </c>
       <c r="B312">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="C312" t="s">
         <v>16</v>
       </c>
       <c r="D312" t="s">
         <v>17</v>
       </c>
       <c r="E312" t="s">
         <v>19</v>
       </c>
       <c r="F312" t="s">
         <v>23</v>
       </c>
       <c r="G312" t="s">
         <v>28</v>
       </c>
       <c r="H312" t="s">
         <v>30</v>
       </c>
       <c r="I312" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
         <v>12</v>
       </c>
       <c r="B313">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C313" t="s">
         <v>16</v>
       </c>
       <c r="D313" t="s">
         <v>17</v>
       </c>
       <c r="E313" t="s">
         <v>19</v>
       </c>
       <c r="F313" t="s">
         <v>23</v>
       </c>
       <c r="G313" t="s">
         <v>28</v>
       </c>
       <c r="H313" t="s">
         <v>30</v>
       </c>
       <c r="I313" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
         <v>13</v>
       </c>
       <c r="B314">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C314" t="s">
         <v>16</v>
       </c>
       <c r="D314" t="s">
         <v>17</v>
       </c>
       <c r="E314" t="s">
         <v>19</v>
       </c>
       <c r="F314" t="s">
         <v>23</v>
       </c>
       <c r="G314" t="s">
         <v>28</v>
       </c>
       <c r="H314" t="s">
         <v>30</v>
       </c>
       <c r="I314" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
         <v>14</v>
       </c>
       <c r="B315">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="C315" t="s">
         <v>16</v>
       </c>
       <c r="D315" t="s">
         <v>17</v>
       </c>
       <c r="E315" t="s">
         <v>19</v>
       </c>
       <c r="F315" t="s">
         <v>23</v>
       </c>
       <c r="G315" t="s">
         <v>28</v>
       </c>
       <c r="H315" t="s">
         <v>30</v>
       </c>
       <c r="I315" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
         <v>15</v>
       </c>
       <c r="B316">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="C316" t="s">
         <v>16</v>
       </c>
       <c r="D316" t="s">
         <v>17</v>
       </c>
       <c r="E316" t="s">
         <v>19</v>
       </c>
       <c r="F316" t="s">
         <v>23</v>
       </c>
       <c r="G316" t="s">
         <v>28</v>
       </c>
       <c r="H316" t="s">
         <v>30</v>
       </c>
       <c r="I316" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
         <v>9</v>
       </c>
       <c r="B317">
-        <v>30</v>
+        <v>496</v>
       </c>
       <c r="C317" t="s">
         <v>16</v>
       </c>
       <c r="D317" t="s">
         <v>17</v>
       </c>
       <c r="E317" t="s">
         <v>19</v>
       </c>
       <c r="F317" t="s">
         <v>23</v>
       </c>
       <c r="G317" t="s">
         <v>28</v>
       </c>
       <c r="H317" t="s">
         <v>30</v>
       </c>
       <c r="I317" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
         <v>10</v>
       </c>
       <c r="B318">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="C318" t="s">
         <v>16</v>
       </c>
       <c r="D318" t="s">
         <v>17</v>
       </c>
       <c r="E318" t="s">
         <v>19</v>
       </c>
       <c r="F318" t="s">
         <v>23</v>
       </c>
       <c r="G318" t="s">
         <v>28</v>
       </c>
       <c r="H318" t="s">
         <v>30</v>
       </c>
       <c r="I318" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
         <v>11</v>
       </c>
       <c r="B319">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="C319" t="s">
         <v>16</v>
       </c>
       <c r="D319" t="s">
         <v>17</v>
       </c>
       <c r="E319" t="s">
         <v>19</v>
       </c>
       <c r="F319" t="s">
         <v>23</v>
       </c>
       <c r="G319" t="s">
         <v>28</v>
       </c>
       <c r="H319" t="s">
         <v>30</v>
       </c>
       <c r="I319" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
         <v>12</v>
       </c>
       <c r="B320">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C320" t="s">
         <v>16</v>
       </c>
       <c r="D320" t="s">
         <v>17</v>
       </c>
       <c r="E320" t="s">
         <v>19</v>
       </c>
       <c r="F320" t="s">
         <v>23</v>
       </c>
       <c r="G320" t="s">
         <v>28</v>
       </c>
       <c r="H320" t="s">
         <v>30</v>
       </c>
       <c r="I320" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
         <v>13</v>
       </c>
       <c r="B321">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C321" t="s">
         <v>16</v>
       </c>
       <c r="D321" t="s">
         <v>17</v>
       </c>
       <c r="E321" t="s">
         <v>19</v>
       </c>
       <c r="F321" t="s">
         <v>23</v>
       </c>
       <c r="G321" t="s">
         <v>28</v>
       </c>
       <c r="H321" t="s">
         <v>30</v>
       </c>
       <c r="I321" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
         <v>14</v>
       </c>
       <c r="B322">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="C322" t="s">
         <v>16</v>
       </c>
       <c r="D322" t="s">
         <v>17</v>
       </c>
       <c r="E322" t="s">
         <v>19</v>
       </c>
       <c r="F322" t="s">
         <v>23</v>
       </c>
       <c r="G322" t="s">
         <v>28</v>
       </c>
       <c r="H322" t="s">
         <v>30</v>
       </c>
       <c r="I322" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
         <v>15</v>
       </c>
       <c r="B323">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="C323" t="s">
         <v>16</v>
       </c>
       <c r="D323" t="s">
         <v>17</v>
       </c>
       <c r="E323" t="s">
         <v>19</v>
       </c>
       <c r="F323" t="s">
         <v>23</v>
       </c>
       <c r="G323" t="s">
         <v>28</v>
       </c>
       <c r="H323" t="s">
         <v>30</v>
       </c>
       <c r="I323" s="2">
-        <v>45260</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
         <v>9</v>
       </c>
       <c r="B324">
-        <v>41</v>
+        <v>737</v>
       </c>
       <c r="C324" t="s">
         <v>16</v>
       </c>
       <c r="D324" t="s">
         <v>17</v>
       </c>
       <c r="E324" t="s">
         <v>19</v>
       </c>
       <c r="F324" t="s">
         <v>23</v>
       </c>
       <c r="G324" t="s">
         <v>28</v>
       </c>
       <c r="H324" t="s">
         <v>30</v>
       </c>
       <c r="I324" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
         <v>10</v>
       </c>
       <c r="B325">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="C325" t="s">
         <v>16</v>
       </c>
       <c r="D325" t="s">
         <v>17</v>
       </c>
       <c r="E325" t="s">
         <v>19</v>
       </c>
       <c r="F325" t="s">
         <v>23</v>
       </c>
       <c r="G325" t="s">
         <v>28</v>
       </c>
       <c r="H325" t="s">
         <v>30</v>
       </c>
       <c r="I325" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
         <v>11</v>
       </c>
       <c r="B326">
-        <v>7</v>
+        <v>64</v>
       </c>
       <c r="C326" t="s">
         <v>16</v>
       </c>
       <c r="D326" t="s">
         <v>17</v>
       </c>
       <c r="E326" t="s">
         <v>19</v>
       </c>
       <c r="F326" t="s">
         <v>23</v>
       </c>
       <c r="G326" t="s">
         <v>28</v>
       </c>
       <c r="H326" t="s">
         <v>30</v>
       </c>
       <c r="I326" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
         <v>12</v>
       </c>
       <c r="B327">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="C327" t="s">
         <v>16</v>
       </c>
       <c r="D327" t="s">
         <v>17</v>
       </c>
       <c r="E327" t="s">
         <v>19</v>
       </c>
       <c r="F327" t="s">
         <v>23</v>
       </c>
       <c r="G327" t="s">
         <v>28</v>
       </c>
       <c r="H327" t="s">
         <v>30</v>
       </c>
       <c r="I327" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
         <v>13</v>
       </c>
       <c r="B328">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C328" t="s">
         <v>16</v>
       </c>
       <c r="D328" t="s">
         <v>17</v>
       </c>
       <c r="E328" t="s">
         <v>19</v>
       </c>
       <c r="F328" t="s">
         <v>23</v>
       </c>
       <c r="G328" t="s">
         <v>28</v>
       </c>
       <c r="H328" t="s">
         <v>30</v>
       </c>
       <c r="I328" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
         <v>14</v>
       </c>
       <c r="B329">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="C329" t="s">
         <v>16</v>
       </c>
       <c r="D329" t="s">
         <v>17</v>
       </c>
       <c r="E329" t="s">
         <v>19</v>
       </c>
       <c r="F329" t="s">
         <v>23</v>
       </c>
       <c r="G329" t="s">
         <v>28</v>
       </c>
       <c r="H329" t="s">
         <v>30</v>
       </c>
       <c r="I329" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
         <v>15</v>
       </c>
       <c r="B330">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="C330" t="s">
         <v>16</v>
       </c>
       <c r="D330" t="s">
         <v>17</v>
       </c>
       <c r="E330" t="s">
         <v>19</v>
       </c>
       <c r="F330" t="s">
         <v>23</v>
       </c>
       <c r="G330" t="s">
         <v>28</v>
       </c>
       <c r="H330" t="s">
         <v>30</v>
       </c>
       <c r="I330" s="2">
-        <v>45291</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
         <v>9</v>
       </c>
       <c r="B331">
-        <v>66</v>
+        <v>387</v>
       </c>
       <c r="C331" t="s">
         <v>16</v>
       </c>
       <c r="D331" t="s">
         <v>17</v>
       </c>
       <c r="E331" t="s">
         <v>19</v>
       </c>
       <c r="F331" t="s">
         <v>23</v>
       </c>
       <c r="G331" t="s">
         <v>28</v>
       </c>
       <c r="H331" t="s">
         <v>30</v>
       </c>
       <c r="I331" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
         <v>10</v>
       </c>
       <c r="B332">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="C332" t="s">
         <v>16</v>
       </c>
       <c r="D332" t="s">
         <v>17</v>
       </c>
       <c r="E332" t="s">
         <v>19</v>
       </c>
       <c r="F332" t="s">
         <v>23</v>
       </c>
       <c r="G332" t="s">
         <v>28</v>
       </c>
       <c r="H332" t="s">
         <v>30</v>
       </c>
       <c r="I332" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
         <v>11</v>
       </c>
       <c r="B333">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C333" t="s">
         <v>16</v>
       </c>
       <c r="D333" t="s">
         <v>17</v>
       </c>
       <c r="E333" t="s">
         <v>19</v>
       </c>
       <c r="F333" t="s">
         <v>23</v>
       </c>
       <c r="G333" t="s">
         <v>28</v>
       </c>
       <c r="H333" t="s">
         <v>30</v>
       </c>
       <c r="I333" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
         <v>12</v>
       </c>
       <c r="B334">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>16</v>
       </c>
       <c r="D334" t="s">
         <v>17</v>
       </c>
       <c r="E334" t="s">
         <v>19</v>
       </c>
       <c r="F334" t="s">
         <v>23</v>
       </c>
       <c r="G334" t="s">
         <v>28</v>
       </c>
       <c r="H334" t="s">
         <v>30</v>
       </c>
       <c r="I334" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
         <v>13</v>
       </c>
       <c r="B335">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C335" t="s">
         <v>16</v>
       </c>
       <c r="D335" t="s">
         <v>17</v>
       </c>
       <c r="E335" t="s">
         <v>19</v>
       </c>
       <c r="F335" t="s">
         <v>23</v>
       </c>
       <c r="G335" t="s">
         <v>28</v>
       </c>
       <c r="H335" t="s">
         <v>30</v>
       </c>
       <c r="I335" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
         <v>14</v>
       </c>
       <c r="B336">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C336" t="s">
         <v>16</v>
       </c>
       <c r="D336" t="s">
         <v>17</v>
       </c>
       <c r="E336" t="s">
         <v>19</v>
       </c>
       <c r="F336" t="s">
         <v>23</v>
       </c>
       <c r="G336" t="s">
         <v>28</v>
       </c>
       <c r="H336" t="s">
         <v>30</v>
       </c>
       <c r="I336" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
         <v>15</v>
       </c>
       <c r="B337">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C337" t="s">
         <v>16</v>
       </c>
       <c r="D337" t="s">
         <v>17</v>
       </c>
       <c r="E337" t="s">
         <v>19</v>
       </c>
       <c r="F337" t="s">
         <v>23</v>
       </c>
       <c r="G337" t="s">
         <v>28</v>
       </c>
       <c r="H337" t="s">
         <v>30</v>
       </c>
       <c r="I337" s="2">
-        <v>45322</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
         <v>9</v>
       </c>
       <c r="B338">
-        <v>97</v>
+        <v>296</v>
       </c>
       <c r="C338" t="s">
         <v>16</v>
       </c>
       <c r="D338" t="s">
         <v>17</v>
       </c>
       <c r="E338" t="s">
         <v>19</v>
       </c>
       <c r="F338" t="s">
         <v>23</v>
       </c>
       <c r="G338" t="s">
         <v>28</v>
       </c>
       <c r="H338" t="s">
         <v>30</v>
       </c>
       <c r="I338" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
         <v>10</v>
       </c>
       <c r="B339">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C339" t="s">
         <v>16</v>
       </c>
       <c r="D339" t="s">
         <v>17</v>
       </c>
       <c r="E339" t="s">
         <v>19</v>
       </c>
       <c r="F339" t="s">
         <v>23</v>
       </c>
       <c r="G339" t="s">
         <v>28</v>
       </c>
       <c r="H339" t="s">
         <v>30</v>
       </c>
       <c r="I339" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
         <v>11</v>
       </c>
       <c r="B340">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C340" t="s">
         <v>16</v>
       </c>
       <c r="D340" t="s">
         <v>17</v>
       </c>
       <c r="E340" t="s">
         <v>19</v>
       </c>
       <c r="F340" t="s">
         <v>23</v>
       </c>
       <c r="G340" t="s">
         <v>28</v>
       </c>
       <c r="H340" t="s">
         <v>30</v>
       </c>
       <c r="I340" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
         <v>12</v>
       </c>
       <c r="B341">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C341" t="s">
         <v>16</v>
       </c>
       <c r="D341" t="s">
         <v>17</v>
       </c>
       <c r="E341" t="s">
         <v>19</v>
       </c>
       <c r="F341" t="s">
         <v>23</v>
       </c>
       <c r="G341" t="s">
         <v>28</v>
       </c>
       <c r="H341" t="s">
         <v>30</v>
       </c>
       <c r="I341" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
         <v>13</v>
       </c>
       <c r="B342">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C342" t="s">
         <v>16</v>
       </c>
       <c r="D342" t="s">
         <v>17</v>
       </c>
       <c r="E342" t="s">
         <v>19</v>
       </c>
       <c r="F342" t="s">
         <v>23</v>
       </c>
       <c r="G342" t="s">
         <v>28</v>
       </c>
       <c r="H342" t="s">
         <v>30</v>
       </c>
       <c r="I342" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
         <v>14</v>
       </c>
       <c r="B343">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C343" t="s">
         <v>16</v>
       </c>
       <c r="D343" t="s">
         <v>17</v>
       </c>
       <c r="E343" t="s">
         <v>19</v>
       </c>
       <c r="F343" t="s">
         <v>23</v>
       </c>
       <c r="G343" t="s">
         <v>28</v>
       </c>
       <c r="H343" t="s">
         <v>30</v>
       </c>
       <c r="I343" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
         <v>15</v>
       </c>
       <c r="B344">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C344" t="s">
         <v>16</v>
       </c>
       <c r="D344" t="s">
         <v>17</v>
       </c>
       <c r="E344" t="s">
         <v>19</v>
       </c>
       <c r="F344" t="s">
         <v>23</v>
       </c>
       <c r="G344" t="s">
         <v>28</v>
       </c>
       <c r="H344" t="s">
         <v>30</v>
       </c>
       <c r="I344" s="2">
-        <v>45351</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
         <v>9</v>
       </c>
       <c r="B345">
-        <v>92</v>
+        <v>429</v>
       </c>
       <c r="C345" t="s">
         <v>16</v>
       </c>
       <c r="D345" t="s">
         <v>17</v>
       </c>
       <c r="E345" t="s">
         <v>19</v>
       </c>
       <c r="F345" t="s">
         <v>23</v>
       </c>
       <c r="G345" t="s">
         <v>28</v>
       </c>
       <c r="H345" t="s">
         <v>30</v>
       </c>
       <c r="I345" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
         <v>10</v>
       </c>
       <c r="B346">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="C346" t="s">
         <v>16</v>
       </c>
       <c r="D346" t="s">
         <v>17</v>
       </c>
       <c r="E346" t="s">
         <v>19</v>
       </c>
       <c r="F346" t="s">
         <v>23</v>
       </c>
       <c r="G346" t="s">
         <v>28</v>
       </c>
       <c r="H346" t="s">
         <v>30</v>
       </c>
       <c r="I346" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
         <v>11</v>
       </c>
       <c r="B347">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C347" t="s">
         <v>16</v>
       </c>
       <c r="D347" t="s">
         <v>17</v>
       </c>
       <c r="E347" t="s">
         <v>19</v>
       </c>
       <c r="F347" t="s">
         <v>23</v>
       </c>
       <c r="G347" t="s">
         <v>28</v>
       </c>
       <c r="H347" t="s">
         <v>30</v>
       </c>
       <c r="I347" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
         <v>12</v>
       </c>
       <c r="B348">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C348" t="s">
         <v>16</v>
       </c>
       <c r="D348" t="s">
         <v>17</v>
       </c>
       <c r="E348" t="s">
         <v>19</v>
       </c>
       <c r="F348" t="s">
         <v>23</v>
       </c>
       <c r="G348" t="s">
         <v>28</v>
       </c>
       <c r="H348" t="s">
         <v>30</v>
       </c>
       <c r="I348" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
         <v>13</v>
       </c>
       <c r="B349">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="C349" t="s">
         <v>16</v>
       </c>
       <c r="D349" t="s">
         <v>17</v>
       </c>
       <c r="E349" t="s">
         <v>19</v>
       </c>
       <c r="F349" t="s">
         <v>23</v>
       </c>
       <c r="G349" t="s">
         <v>28</v>
       </c>
       <c r="H349" t="s">
         <v>30</v>
       </c>
       <c r="I349" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
         <v>14</v>
       </c>
       <c r="B350">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C350" t="s">
         <v>16</v>
       </c>
       <c r="D350" t="s">
         <v>17</v>
       </c>
       <c r="E350" t="s">
         <v>19</v>
       </c>
       <c r="F350" t="s">
         <v>23</v>
       </c>
       <c r="G350" t="s">
         <v>28</v>
       </c>
       <c r="H350" t="s">
         <v>30</v>
       </c>
       <c r="I350" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
         <v>15</v>
       </c>
       <c r="B351">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C351" t="s">
         <v>16</v>
       </c>
       <c r="D351" t="s">
         <v>17</v>
       </c>
       <c r="E351" t="s">
         <v>19</v>
       </c>
       <c r="F351" t="s">
         <v>23</v>
       </c>
       <c r="G351" t="s">
         <v>28</v>
       </c>
       <c r="H351" t="s">
         <v>30</v>
       </c>
       <c r="I351" s="2">
-        <v>45382</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
         <v>9</v>
       </c>
       <c r="B352">
-        <v>81</v>
+        <v>491</v>
       </c>
       <c r="C352" t="s">
         <v>16</v>
       </c>
       <c r="D352" t="s">
         <v>17</v>
       </c>
       <c r="E352" t="s">
         <v>19</v>
       </c>
       <c r="F352" t="s">
         <v>23</v>
       </c>
       <c r="G352" t="s">
         <v>28</v>
       </c>
       <c r="H352" t="s">
         <v>30</v>
       </c>
       <c r="I352" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
         <v>10</v>
       </c>
       <c r="B353">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="C353" t="s">
         <v>16</v>
       </c>
       <c r="D353" t="s">
         <v>17</v>
       </c>
       <c r="E353" t="s">
         <v>19</v>
       </c>
       <c r="F353" t="s">
         <v>23</v>
       </c>
       <c r="G353" t="s">
         <v>28</v>
       </c>
       <c r="H353" t="s">
         <v>30</v>
       </c>
       <c r="I353" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
         <v>11</v>
       </c>
       <c r="B354">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="C354" t="s">
         <v>16</v>
       </c>
       <c r="D354" t="s">
         <v>17</v>
       </c>
       <c r="E354" t="s">
         <v>19</v>
       </c>
       <c r="F354" t="s">
         <v>23</v>
       </c>
       <c r="G354" t="s">
         <v>28</v>
       </c>
       <c r="H354" t="s">
         <v>30</v>
       </c>
       <c r="I354" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
         <v>12</v>
       </c>
       <c r="B355">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C355" t="s">
         <v>16</v>
       </c>
       <c r="D355" t="s">
         <v>17</v>
       </c>
       <c r="E355" t="s">
         <v>19</v>
       </c>
       <c r="F355" t="s">
         <v>23</v>
       </c>
       <c r="G355" t="s">
         <v>28</v>
       </c>
       <c r="H355" t="s">
         <v>30</v>
       </c>
       <c r="I355" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
         <v>13</v>
       </c>
       <c r="B356">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C356" t="s">
         <v>16</v>
       </c>
       <c r="D356" t="s">
         <v>17</v>
       </c>
       <c r="E356" t="s">
         <v>19</v>
       </c>
       <c r="F356" t="s">
         <v>23</v>
       </c>
       <c r="G356" t="s">
         <v>28</v>
       </c>
       <c r="H356" t="s">
         <v>30</v>
       </c>
       <c r="I356" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
         <v>14</v>
       </c>
       <c r="B357">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C357" t="s">
         <v>16</v>
       </c>
       <c r="D357" t="s">
         <v>17</v>
       </c>
       <c r="E357" t="s">
         <v>19</v>
       </c>
       <c r="F357" t="s">
         <v>23</v>
       </c>
       <c r="G357" t="s">
         <v>28</v>
       </c>
       <c r="H357" t="s">
         <v>30</v>
       </c>
       <c r="I357" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
         <v>15</v>
       </c>
       <c r="B358">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C358" t="s">
         <v>16</v>
       </c>
       <c r="D358" t="s">
         <v>17</v>
       </c>
       <c r="E358" t="s">
         <v>19</v>
       </c>
       <c r="F358" t="s">
         <v>23</v>
       </c>
       <c r="G358" t="s">
         <v>28</v>
       </c>
       <c r="H358" t="s">
         <v>30</v>
       </c>
       <c r="I358" s="2">
-        <v>45412</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
         <v>9</v>
       </c>
       <c r="B359">
-        <v>52</v>
+        <v>925</v>
       </c>
       <c r="C359" t="s">
         <v>16</v>
       </c>
       <c r="D359" t="s">
         <v>17</v>
       </c>
       <c r="E359" t="s">
         <v>19</v>
       </c>
       <c r="F359" t="s">
         <v>23</v>
       </c>
       <c r="G359" t="s">
         <v>28</v>
       </c>
       <c r="H359" t="s">
         <v>30</v>
       </c>
       <c r="I359" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
         <v>10</v>
       </c>
       <c r="B360">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="C360" t="s">
         <v>16</v>
       </c>
       <c r="D360" t="s">
         <v>17</v>
       </c>
       <c r="E360" t="s">
         <v>19</v>
       </c>
       <c r="F360" t="s">
         <v>23</v>
       </c>
       <c r="G360" t="s">
         <v>28</v>
       </c>
       <c r="H360" t="s">
         <v>30</v>
       </c>
       <c r="I360" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
         <v>11</v>
       </c>
       <c r="B361">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="C361" t="s">
         <v>16</v>
       </c>
       <c r="D361" t="s">
         <v>17</v>
       </c>
       <c r="E361" t="s">
         <v>19</v>
       </c>
       <c r="F361" t="s">
         <v>23</v>
       </c>
       <c r="G361" t="s">
         <v>28</v>
       </c>
       <c r="H361" t="s">
         <v>30</v>
       </c>
       <c r="I361" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
         <v>12</v>
       </c>
       <c r="B362">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="C362" t="s">
         <v>16</v>
       </c>
       <c r="D362" t="s">
         <v>17</v>
       </c>
       <c r="E362" t="s">
         <v>19</v>
       </c>
       <c r="F362" t="s">
         <v>23</v>
       </c>
       <c r="G362" t="s">
         <v>28</v>
       </c>
       <c r="H362" t="s">
         <v>30</v>
       </c>
       <c r="I362" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
         <v>13</v>
       </c>
       <c r="B363">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C363" t="s">
         <v>16</v>
       </c>
       <c r="D363" t="s">
         <v>17</v>
       </c>
       <c r="E363" t="s">
         <v>19</v>
       </c>
       <c r="F363" t="s">
         <v>23</v>
       </c>
       <c r="G363" t="s">
         <v>28</v>
       </c>
       <c r="H363" t="s">
         <v>30</v>
       </c>
       <c r="I363" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
         <v>14</v>
       </c>
       <c r="B364">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="C364" t="s">
         <v>16</v>
       </c>
       <c r="D364" t="s">
         <v>17</v>
       </c>
       <c r="E364" t="s">
         <v>19</v>
       </c>
       <c r="F364" t="s">
         <v>23</v>
       </c>
       <c r="G364" t="s">
         <v>28</v>
       </c>
       <c r="H364" t="s">
         <v>30</v>
       </c>
       <c r="I364" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
         <v>15</v>
       </c>
       <c r="B365">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="C365" t="s">
         <v>16</v>
       </c>
       <c r="D365" t="s">
         <v>17</v>
       </c>
       <c r="E365" t="s">
         <v>19</v>
       </c>
       <c r="F365" t="s">
         <v>23</v>
       </c>
       <c r="G365" t="s">
         <v>28</v>
       </c>
       <c r="H365" t="s">
         <v>30</v>
       </c>
       <c r="I365" s="2">
-        <v>45443</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
         <v>9</v>
       </c>
       <c r="B366">
-        <v>47</v>
+        <v>828</v>
       </c>
       <c r="C366" t="s">
         <v>16</v>
       </c>
       <c r="D366" t="s">
         <v>17</v>
       </c>
       <c r="E366" t="s">
         <v>19</v>
       </c>
       <c r="F366" t="s">
         <v>23</v>
       </c>
       <c r="G366" t="s">
         <v>28</v>
       </c>
       <c r="H366" t="s">
         <v>30</v>
       </c>
       <c r="I366" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
         <v>10</v>
       </c>
       <c r="B367">
-        <v>33</v>
+        <v>196</v>
       </c>
       <c r="C367" t="s">
         <v>16</v>
       </c>
       <c r="D367" t="s">
         <v>17</v>
       </c>
       <c r="E367" t="s">
         <v>19</v>
       </c>
       <c r="F367" t="s">
         <v>23</v>
       </c>
       <c r="G367" t="s">
         <v>28</v>
       </c>
       <c r="H367" t="s">
         <v>30</v>
       </c>
       <c r="I367" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
         <v>11</v>
       </c>
       <c r="B368">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="C368" t="s">
         <v>16</v>
       </c>
       <c r="D368" t="s">
         <v>17</v>
       </c>
       <c r="E368" t="s">
         <v>19</v>
       </c>
       <c r="F368" t="s">
         <v>23</v>
       </c>
       <c r="G368" t="s">
         <v>28</v>
       </c>
       <c r="H368" t="s">
         <v>30</v>
       </c>
       <c r="I368" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
         <v>12</v>
       </c>
       <c r="B369">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="C369" t="s">
         <v>16</v>
       </c>
       <c r="D369" t="s">
         <v>17</v>
       </c>
       <c r="E369" t="s">
         <v>19</v>
       </c>
       <c r="F369" t="s">
         <v>23</v>
       </c>
       <c r="G369" t="s">
         <v>28</v>
       </c>
       <c r="H369" t="s">
         <v>30</v>
       </c>
       <c r="I369" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>13</v>
       </c>
       <c r="B370">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C370" t="s">
         <v>16</v>
       </c>
       <c r="D370" t="s">
         <v>17</v>
       </c>
       <c r="E370" t="s">
         <v>19</v>
       </c>
       <c r="F370" t="s">
         <v>23</v>
       </c>
       <c r="G370" t="s">
         <v>28</v>
       </c>
       <c r="H370" t="s">
         <v>30</v>
       </c>
       <c r="I370" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
         <v>14</v>
       </c>
       <c r="B371">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C371" t="s">
         <v>16</v>
       </c>
       <c r="D371" t="s">
         <v>17</v>
       </c>
       <c r="E371" t="s">
         <v>19</v>
       </c>
       <c r="F371" t="s">
         <v>23</v>
       </c>
       <c r="G371" t="s">
         <v>28</v>
       </c>
       <c r="H371" t="s">
         <v>30</v>
       </c>
       <c r="I371" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
         <v>15</v>
       </c>
       <c r="B372">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C372" t="s">
         <v>16</v>
       </c>
       <c r="D372" t="s">
         <v>17</v>
       </c>
       <c r="E372" t="s">
         <v>19</v>
       </c>
       <c r="F372" t="s">
         <v>23</v>
       </c>
       <c r="G372" t="s">
         <v>28</v>
       </c>
       <c r="H372" t="s">
         <v>30</v>
       </c>
       <c r="I372" s="2">
-        <v>45473</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
         <v>9</v>
       </c>
       <c r="B373">
-        <v>55</v>
+        <v>910</v>
       </c>
       <c r="C373" t="s">
         <v>16</v>
       </c>
       <c r="D373" t="s">
         <v>17</v>
       </c>
       <c r="E373" t="s">
         <v>19</v>
       </c>
       <c r="F373" t="s">
         <v>23</v>
       </c>
       <c r="G373" t="s">
         <v>28</v>
       </c>
       <c r="H373" t="s">
         <v>30</v>
       </c>
       <c r="I373" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
         <v>10</v>
       </c>
       <c r="B374">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="C374" t="s">
         <v>16</v>
       </c>
       <c r="D374" t="s">
         <v>17</v>
       </c>
       <c r="E374" t="s">
         <v>19</v>
       </c>
       <c r="F374" t="s">
         <v>23</v>
       </c>
       <c r="G374" t="s">
         <v>28</v>
       </c>
       <c r="H374" t="s">
         <v>30</v>
       </c>
       <c r="I374" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
         <v>11</v>
       </c>
       <c r="B375">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="C375" t="s">
         <v>16</v>
       </c>
       <c r="D375" t="s">
         <v>17</v>
       </c>
       <c r="E375" t="s">
         <v>19</v>
       </c>
       <c r="F375" t="s">
         <v>23</v>
       </c>
       <c r="G375" t="s">
         <v>28</v>
       </c>
       <c r="H375" t="s">
         <v>30</v>
       </c>
       <c r="I375" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
         <v>12</v>
       </c>
       <c r="B376">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C376" t="s">
         <v>16</v>
       </c>
       <c r="D376" t="s">
         <v>17</v>
       </c>
       <c r="E376" t="s">
         <v>19</v>
       </c>
       <c r="F376" t="s">
         <v>23</v>
       </c>
       <c r="G376" t="s">
         <v>28</v>
       </c>
       <c r="H376" t="s">
         <v>30</v>
       </c>
       <c r="I376" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
         <v>13</v>
       </c>
       <c r="B377">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C377" t="s">
         <v>16</v>
       </c>
       <c r="D377" t="s">
         <v>17</v>
       </c>
       <c r="E377" t="s">
         <v>19</v>
       </c>
       <c r="F377" t="s">
         <v>23</v>
       </c>
       <c r="G377" t="s">
         <v>28</v>
       </c>
       <c r="H377" t="s">
         <v>30</v>
       </c>
       <c r="I377" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
         <v>14</v>
       </c>
       <c r="B378">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="C378" t="s">
         <v>16</v>
       </c>
       <c r="D378" t="s">
         <v>17</v>
       </c>
       <c r="E378" t="s">
         <v>19</v>
       </c>
       <c r="F378" t="s">
         <v>23</v>
       </c>
       <c r="G378" t="s">
         <v>28</v>
       </c>
       <c r="H378" t="s">
         <v>30</v>
       </c>
       <c r="I378" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
         <v>15</v>
       </c>
       <c r="B379">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="C379" t="s">
         <v>16</v>
       </c>
       <c r="D379" t="s">
         <v>17</v>
       </c>
       <c r="E379" t="s">
         <v>19</v>
       </c>
       <c r="F379" t="s">
         <v>23</v>
       </c>
       <c r="G379" t="s">
         <v>28</v>
       </c>
       <c r="H379" t="s">
         <v>30</v>
       </c>
       <c r="I379" s="2">
-        <v>45504</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
         <v>9</v>
       </c>
       <c r="B380">
-        <v>51</v>
+        <v>145</v>
       </c>
       <c r="C380" t="s">
         <v>16</v>
       </c>
       <c r="D380" t="s">
         <v>17</v>
       </c>
       <c r="E380" t="s">
         <v>19</v>
       </c>
       <c r="F380" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G380" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H380" t="s">
         <v>30</v>
       </c>
       <c r="I380" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
         <v>10</v>
       </c>
       <c r="B381">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C381" t="s">
         <v>16</v>
       </c>
       <c r="D381" t="s">
         <v>17</v>
       </c>
       <c r="E381" t="s">
         <v>19</v>
       </c>
       <c r="F381" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G381" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H381" t="s">
         <v>30</v>
       </c>
       <c r="I381" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
         <v>11</v>
       </c>
       <c r="B382">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C382" t="s">
         <v>16</v>
       </c>
       <c r="D382" t="s">
         <v>17</v>
       </c>
       <c r="E382" t="s">
         <v>19</v>
       </c>
       <c r="F382" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G382" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H382" t="s">
         <v>30</v>
       </c>
       <c r="I382" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
         <v>12</v>
       </c>
       <c r="B383">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C383" t="s">
         <v>16</v>
       </c>
       <c r="D383" t="s">
         <v>17</v>
       </c>
       <c r="E383" t="s">
         <v>19</v>
       </c>
       <c r="F383" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G383" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H383" t="s">
         <v>30</v>
       </c>
       <c r="I383" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
         <v>13</v>
       </c>
       <c r="B384">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C384" t="s">
         <v>16</v>
       </c>
       <c r="D384" t="s">
         <v>17</v>
       </c>
       <c r="E384" t="s">
         <v>19</v>
       </c>
       <c r="F384" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G384" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H384" t="s">
         <v>30</v>
       </c>
       <c r="I384" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
         <v>14</v>
       </c>
       <c r="B385">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="C385" t="s">
         <v>16</v>
       </c>
       <c r="D385" t="s">
         <v>17</v>
       </c>
       <c r="E385" t="s">
         <v>19</v>
       </c>
       <c r="F385" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G385" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H385" t="s">
         <v>30</v>
       </c>
       <c r="I385" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
         <v>15</v>
       </c>
       <c r="B386">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="C386" t="s">
         <v>16</v>
       </c>
       <c r="D386" t="s">
         <v>17</v>
       </c>
       <c r="E386" t="s">
         <v>19</v>
       </c>
       <c r="F386" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G386" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H386" t="s">
         <v>30</v>
       </c>
       <c r="I386" s="2">
-        <v>45535</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
         <v>9</v>
       </c>
       <c r="B387">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="C387" t="s">
         <v>16</v>
       </c>
       <c r="D387" t="s">
         <v>17</v>
       </c>
       <c r="E387" t="s">
         <v>19</v>
       </c>
       <c r="F387" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G387" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H387" t="s">
         <v>30</v>
       </c>
       <c r="I387" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
         <v>10</v>
       </c>
       <c r="B388">
+        <v>34</v>
+      </c>
+      <c r="C388" t="s">
+        <v>16</v>
+      </c>
+      <c r="D388" t="s">
+        <v>17</v>
+      </c>
+      <c r="E388" t="s">
+        <v>19</v>
+      </c>
+      <c r="F388" t="s">
+        <v>24</v>
+      </c>
+      <c r="G388" t="s">
         <v>29</v>
       </c>
-      <c r="C388" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H388" t="s">
         <v>30</v>
       </c>
       <c r="I388" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
         <v>11</v>
       </c>
       <c r="B389">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C389" t="s">
         <v>16</v>
       </c>
       <c r="D389" t="s">
         <v>17</v>
       </c>
       <c r="E389" t="s">
         <v>19</v>
       </c>
       <c r="F389" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G389" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H389" t="s">
         <v>30</v>
       </c>
       <c r="I389" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
         <v>12</v>
       </c>
       <c r="B390">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C390" t="s">
         <v>16</v>
       </c>
       <c r="D390" t="s">
         <v>17</v>
       </c>
       <c r="E390" t="s">
         <v>19</v>
       </c>
       <c r="F390" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G390" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H390" t="s">
         <v>30</v>
       </c>
       <c r="I390" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
         <v>13</v>
       </c>
       <c r="B391">
         <v>0</v>
       </c>
       <c r="C391" t="s">
         <v>16</v>
       </c>
       <c r="D391" t="s">
         <v>17</v>
       </c>
       <c r="E391" t="s">
         <v>19</v>
       </c>
       <c r="F391" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G391" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H391" t="s">
         <v>30</v>
       </c>
       <c r="I391" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
         <v>14</v>
       </c>
       <c r="B392">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C392" t="s">
         <v>16</v>
       </c>
       <c r="D392" t="s">
         <v>17</v>
       </c>
       <c r="E392" t="s">
         <v>19</v>
       </c>
       <c r="F392" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G392" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H392" t="s">
         <v>30</v>
       </c>
       <c r="I392" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
         <v>15</v>
       </c>
       <c r="B393">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C393" t="s">
         <v>16</v>
       </c>
       <c r="D393" t="s">
         <v>17</v>
       </c>
       <c r="E393" t="s">
         <v>19</v>
       </c>
       <c r="F393" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G393" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H393" t="s">
         <v>30</v>
       </c>
       <c r="I393" s="2">
-        <v>45565</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
         <v>9</v>
       </c>
       <c r="B394">
-        <v>28</v>
+        <v>104</v>
       </c>
       <c r="C394" t="s">
         <v>16</v>
       </c>
       <c r="D394" t="s">
         <v>17</v>
       </c>
       <c r="E394" t="s">
         <v>19</v>
       </c>
       <c r="F394" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G394" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H394" t="s">
         <v>30</v>
       </c>
       <c r="I394" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
         <v>10</v>
       </c>
       <c r="B395">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="C395" t="s">
         <v>16</v>
       </c>
       <c r="D395" t="s">
         <v>17</v>
       </c>
       <c r="E395" t="s">
         <v>19</v>
       </c>
       <c r="F395" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G395" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H395" t="s">
         <v>30</v>
       </c>
       <c r="I395" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
         <v>11</v>
       </c>
       <c r="B396">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="C396" t="s">
         <v>16</v>
       </c>
       <c r="D396" t="s">
         <v>17</v>
       </c>
       <c r="E396" t="s">
         <v>19</v>
       </c>
       <c r="F396" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G396" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H396" t="s">
         <v>30</v>
       </c>
       <c r="I396" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
         <v>12</v>
       </c>
       <c r="B397">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C397" t="s">
         <v>16</v>
       </c>
       <c r="D397" t="s">
         <v>17</v>
       </c>
       <c r="E397" t="s">
         <v>19</v>
       </c>
       <c r="F397" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G397" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H397" t="s">
         <v>30</v>
       </c>
       <c r="I397" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
         <v>13</v>
       </c>
       <c r="B398">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C398" t="s">
         <v>16</v>
       </c>
       <c r="D398" t="s">
         <v>17</v>
       </c>
       <c r="E398" t="s">
         <v>19</v>
       </c>
       <c r="F398" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G398" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H398" t="s">
         <v>30</v>
       </c>
       <c r="I398" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
         <v>14</v>
       </c>
       <c r="B399">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C399" t="s">
         <v>16</v>
       </c>
       <c r="D399" t="s">
         <v>17</v>
       </c>
       <c r="E399" t="s">
         <v>19</v>
       </c>
       <c r="F399" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G399" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H399" t="s">
         <v>30</v>
       </c>
       <c r="I399" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
         <v>15</v>
       </c>
       <c r="B400">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C400" t="s">
         <v>16</v>
       </c>
       <c r="D400" t="s">
         <v>17</v>
       </c>
       <c r="E400" t="s">
         <v>19</v>
       </c>
       <c r="F400" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G400" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H400" t="s">
         <v>30</v>
       </c>
       <c r="I400" s="2">
-        <v>45596</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" t="s">
         <v>9</v>
       </c>
       <c r="B401">
-        <v>71</v>
+        <v>179</v>
       </c>
       <c r="C401" t="s">
         <v>16</v>
       </c>
       <c r="D401" t="s">
         <v>17</v>
       </c>
       <c r="E401" t="s">
         <v>19</v>
       </c>
       <c r="F401" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G401" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H401" t="s">
         <v>30</v>
       </c>
       <c r="I401" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" t="s">
         <v>10</v>
       </c>
       <c r="B402">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="C402" t="s">
         <v>16</v>
       </c>
       <c r="D402" t="s">
         <v>17</v>
       </c>
       <c r="E402" t="s">
         <v>19</v>
       </c>
       <c r="F402" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G402" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H402" t="s">
         <v>30</v>
       </c>
       <c r="I402" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" t="s">
         <v>11</v>
       </c>
       <c r="B403">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="C403" t="s">
         <v>16</v>
       </c>
       <c r="D403" t="s">
         <v>17</v>
       </c>
       <c r="E403" t="s">
         <v>19</v>
       </c>
       <c r="F403" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G403" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H403" t="s">
         <v>30</v>
       </c>
       <c r="I403" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" t="s">
         <v>12</v>
       </c>
       <c r="B404">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C404" t="s">
         <v>16</v>
       </c>
       <c r="D404" t="s">
         <v>17</v>
       </c>
       <c r="E404" t="s">
         <v>19</v>
       </c>
       <c r="F404" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G404" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H404" t="s">
         <v>30</v>
       </c>
       <c r="I404" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" t="s">
         <v>13</v>
       </c>
       <c r="B405">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C405" t="s">
         <v>16</v>
       </c>
       <c r="D405" t="s">
         <v>17</v>
       </c>
       <c r="E405" t="s">
         <v>19</v>
       </c>
       <c r="F405" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G405" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H405" t="s">
         <v>30</v>
       </c>
       <c r="I405" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" t="s">
         <v>14</v>
       </c>
       <c r="B406">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="C406" t="s">
         <v>16</v>
       </c>
       <c r="D406" t="s">
         <v>17</v>
       </c>
       <c r="E406" t="s">
         <v>19</v>
       </c>
       <c r="F406" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G406" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H406" t="s">
         <v>30</v>
       </c>
       <c r="I406" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" t="s">
         <v>15</v>
       </c>
       <c r="B407">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="C407" t="s">
         <v>16</v>
       </c>
       <c r="D407" t="s">
         <v>17</v>
       </c>
       <c r="E407" t="s">
         <v>19</v>
       </c>
       <c r="F407" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G407" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H407" t="s">
         <v>30</v>
       </c>
       <c r="I407" s="2">
-        <v>45626</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" t="s">
         <v>9</v>
       </c>
       <c r="B408">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="C408" t="s">
         <v>16</v>
       </c>
       <c r="D408" t="s">
         <v>17</v>
       </c>
       <c r="E408" t="s">
         <v>19</v>
       </c>
       <c r="F408" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G408" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H408" t="s">
         <v>30</v>
       </c>
       <c r="I408" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" t="s">
         <v>10</v>
       </c>
       <c r="B409">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="C409" t="s">
         <v>16</v>
       </c>
       <c r="D409" t="s">
         <v>17</v>
       </c>
       <c r="E409" t="s">
         <v>19</v>
       </c>
       <c r="F409" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G409" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H409" t="s">
         <v>30</v>
       </c>
       <c r="I409" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" t="s">
         <v>11</v>
       </c>
       <c r="B410">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C410" t="s">
         <v>16</v>
       </c>
       <c r="D410" t="s">
         <v>17</v>
       </c>
       <c r="E410" t="s">
         <v>19</v>
       </c>
       <c r="F410" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G410" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H410" t="s">
         <v>30</v>
       </c>
       <c r="I410" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" t="s">
         <v>12</v>
       </c>
       <c r="B411">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C411" t="s">
         <v>16</v>
       </c>
       <c r="D411" t="s">
         <v>17</v>
       </c>
       <c r="E411" t="s">
         <v>19</v>
       </c>
       <c r="F411" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G411" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H411" t="s">
         <v>30</v>
       </c>
       <c r="I411" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" t="s">
         <v>13</v>
       </c>
       <c r="B412">
         <v>0</v>
       </c>
       <c r="C412" t="s">
         <v>16</v>
       </c>
       <c r="D412" t="s">
         <v>17</v>
       </c>
       <c r="E412" t="s">
         <v>19</v>
       </c>
       <c r="F412" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G412" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H412" t="s">
         <v>30</v>
       </c>
       <c r="I412" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" t="s">
         <v>14</v>
       </c>
       <c r="B413">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C413" t="s">
         <v>16</v>
       </c>
       <c r="D413" t="s">
         <v>17</v>
       </c>
       <c r="E413" t="s">
         <v>19</v>
       </c>
       <c r="F413" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G413" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H413" t="s">
         <v>30</v>
       </c>
       <c r="I413" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" t="s">
         <v>15</v>
       </c>
       <c r="B414">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C414" t="s">
         <v>16</v>
       </c>
       <c r="D414" t="s">
         <v>17</v>
       </c>
       <c r="E414" t="s">
         <v>19</v>
       </c>
       <c r="F414" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G414" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H414" t="s">
         <v>30</v>
       </c>
       <c r="I414" s="2">
-        <v>45657</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" t="s">
         <v>9</v>
       </c>
       <c r="B415">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="C415" t="s">
         <v>16</v>
       </c>
       <c r="D415" t="s">
         <v>17</v>
       </c>
       <c r="E415" t="s">
         <v>19</v>
       </c>
       <c r="F415" t="s">
         <v>24</v>
       </c>
       <c r="G415" t="s">
         <v>29</v>
       </c>
       <c r="H415" t="s">
         <v>30</v>
       </c>
       <c r="I415" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" t="s">
         <v>10</v>
       </c>
       <c r="B416">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="C416" t="s">
         <v>16</v>
       </c>
       <c r="D416" t="s">
         <v>17</v>
       </c>
       <c r="E416" t="s">
         <v>19</v>
       </c>
       <c r="F416" t="s">
         <v>24</v>
       </c>
       <c r="G416" t="s">
         <v>29</v>
       </c>
       <c r="H416" t="s">
         <v>30</v>
       </c>
       <c r="I416" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" t="s">
         <v>11</v>
       </c>
       <c r="B417">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="C417" t="s">
         <v>16</v>
       </c>
       <c r="D417" t="s">
         <v>17</v>
       </c>
       <c r="E417" t="s">
         <v>19</v>
       </c>
       <c r="F417" t="s">
         <v>24</v>
       </c>
       <c r="G417" t="s">
         <v>29</v>
       </c>
       <c r="H417" t="s">
         <v>30</v>
       </c>
       <c r="I417" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" t="s">
         <v>12</v>
       </c>
       <c r="B418">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C418" t="s">
         <v>16</v>
       </c>
       <c r="D418" t="s">
         <v>17</v>
       </c>
       <c r="E418" t="s">
         <v>19</v>
       </c>
       <c r="F418" t="s">
         <v>24</v>
       </c>
       <c r="G418" t="s">
         <v>29</v>
       </c>
       <c r="H418" t="s">
         <v>30</v>
       </c>
       <c r="I418" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" t="s">
         <v>13</v>
       </c>
       <c r="B419">
         <v>0</v>
       </c>
       <c r="C419" t="s">
         <v>16</v>
       </c>
       <c r="D419" t="s">
         <v>17</v>
       </c>
       <c r="E419" t="s">
         <v>19</v>
       </c>
       <c r="F419" t="s">
         <v>24</v>
       </c>
       <c r="G419" t="s">
         <v>29</v>
       </c>
       <c r="H419" t="s">
         <v>30</v>
       </c>
       <c r="I419" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" t="s">
         <v>14</v>
       </c>
       <c r="B420">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="C420" t="s">
         <v>16</v>
       </c>
       <c r="D420" t="s">
         <v>17</v>
       </c>
       <c r="E420" t="s">
         <v>19</v>
       </c>
       <c r="F420" t="s">
         <v>24</v>
       </c>
       <c r="G420" t="s">
         <v>29</v>
       </c>
       <c r="H420" t="s">
         <v>30</v>
       </c>
       <c r="I420" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" t="s">
         <v>15</v>
       </c>
       <c r="B421">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="C421" t="s">
         <v>16</v>
       </c>
       <c r="D421" t="s">
         <v>17</v>
       </c>
       <c r="E421" t="s">
         <v>19</v>
       </c>
       <c r="F421" t="s">
         <v>24</v>
       </c>
       <c r="G421" t="s">
         <v>29</v>
       </c>
       <c r="H421" t="s">
         <v>30</v>
       </c>
       <c r="I421" s="2">
-        <v>44957</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" t="s">
         <v>9</v>
       </c>
       <c r="B422">
-        <v>33</v>
+        <v>144</v>
       </c>
       <c r="C422" t="s">
         <v>16</v>
       </c>
       <c r="D422" t="s">
         <v>17</v>
       </c>
       <c r="E422" t="s">
         <v>19</v>
       </c>
       <c r="F422" t="s">
         <v>24</v>
       </c>
       <c r="G422" t="s">
         <v>29</v>
       </c>
       <c r="H422" t="s">
         <v>30</v>
       </c>
       <c r="I422" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" t="s">
         <v>10</v>
       </c>
       <c r="B423">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="C423" t="s">
         <v>16</v>
       </c>
       <c r="D423" t="s">
         <v>17</v>
       </c>
       <c r="E423" t="s">
         <v>19</v>
       </c>
       <c r="F423" t="s">
         <v>24</v>
       </c>
       <c r="G423" t="s">
         <v>29</v>
       </c>
       <c r="H423" t="s">
         <v>30</v>
       </c>
       <c r="I423" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" t="s">
         <v>11</v>
       </c>
       <c r="B424">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="C424" t="s">
         <v>16</v>
       </c>
       <c r="D424" t="s">
         <v>17</v>
       </c>
       <c r="E424" t="s">
         <v>19</v>
       </c>
       <c r="F424" t="s">
         <v>24</v>
       </c>
       <c r="G424" t="s">
         <v>29</v>
       </c>
       <c r="H424" t="s">
         <v>30</v>
       </c>
       <c r="I424" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" t="s">
         <v>12</v>
       </c>
       <c r="B425">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C425" t="s">
         <v>16</v>
       </c>
       <c r="D425" t="s">
         <v>17</v>
       </c>
       <c r="E425" t="s">
         <v>19</v>
       </c>
       <c r="F425" t="s">
         <v>24</v>
       </c>
       <c r="G425" t="s">
         <v>29</v>
       </c>
       <c r="H425" t="s">
         <v>30</v>
       </c>
       <c r="I425" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" t="s">
         <v>13</v>
       </c>
       <c r="B426">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C426" t="s">
         <v>16</v>
       </c>
       <c r="D426" t="s">
         <v>17</v>
       </c>
       <c r="E426" t="s">
         <v>19</v>
       </c>
       <c r="F426" t="s">
         <v>24</v>
       </c>
       <c r="G426" t="s">
         <v>29</v>
       </c>
       <c r="H426" t="s">
         <v>30</v>
       </c>
       <c r="I426" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" t="s">
         <v>14</v>
       </c>
       <c r="B427">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C427" t="s">
         <v>16</v>
       </c>
       <c r="D427" t="s">
         <v>17</v>
       </c>
       <c r="E427" t="s">
         <v>19</v>
       </c>
       <c r="F427" t="s">
         <v>24</v>
       </c>
       <c r="G427" t="s">
         <v>29</v>
       </c>
       <c r="H427" t="s">
         <v>30</v>
       </c>
       <c r="I427" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" t="s">
         <v>15</v>
       </c>
       <c r="B428">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C428" t="s">
         <v>16</v>
       </c>
       <c r="D428" t="s">
         <v>17</v>
       </c>
       <c r="E428" t="s">
         <v>19</v>
       </c>
       <c r="F428" t="s">
         <v>24</v>
       </c>
       <c r="G428" t="s">
         <v>29</v>
       </c>
       <c r="H428" t="s">
         <v>30</v>
       </c>
       <c r="I428" s="2">
-        <v>44985</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" t="s">
         <v>9</v>
       </c>
       <c r="B429">
-        <v>37</v>
+        <v>158</v>
       </c>
       <c r="C429" t="s">
         <v>16</v>
       </c>
       <c r="D429" t="s">
         <v>17</v>
       </c>
       <c r="E429" t="s">
         <v>19</v>
       </c>
       <c r="F429" t="s">
         <v>24</v>
       </c>
       <c r="G429" t="s">
         <v>29</v>
       </c>
       <c r="H429" t="s">
         <v>30</v>
       </c>
       <c r="I429" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" t="s">
         <v>10</v>
       </c>
       <c r="B430">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="C430" t="s">
         <v>16</v>
       </c>
       <c r="D430" t="s">
         <v>17</v>
       </c>
       <c r="E430" t="s">
         <v>19</v>
       </c>
       <c r="F430" t="s">
         <v>24</v>
       </c>
       <c r="G430" t="s">
         <v>29</v>
       </c>
       <c r="H430" t="s">
         <v>30</v>
       </c>
       <c r="I430" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" t="s">
         <v>11</v>
       </c>
       <c r="B431">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="C431" t="s">
         <v>16</v>
       </c>
       <c r="D431" t="s">
         <v>17</v>
       </c>
       <c r="E431" t="s">
         <v>19</v>
       </c>
       <c r="F431" t="s">
         <v>24</v>
       </c>
       <c r="G431" t="s">
         <v>29</v>
       </c>
       <c r="H431" t="s">
         <v>30</v>
       </c>
       <c r="I431" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" t="s">
         <v>12</v>
       </c>
       <c r="B432">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="C432" t="s">
         <v>16</v>
       </c>
       <c r="D432" t="s">
         <v>17</v>
       </c>
       <c r="E432" t="s">
         <v>19</v>
       </c>
       <c r="F432" t="s">
         <v>24</v>
       </c>
       <c r="G432" t="s">
         <v>29</v>
       </c>
       <c r="H432" t="s">
         <v>30</v>
       </c>
       <c r="I432" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" t="s">
         <v>13</v>
       </c>
       <c r="B433">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C433" t="s">
         <v>16</v>
       </c>
       <c r="D433" t="s">
         <v>17</v>
       </c>
       <c r="E433" t="s">
         <v>19</v>
       </c>
       <c r="F433" t="s">
         <v>24</v>
       </c>
       <c r="G433" t="s">
         <v>29</v>
       </c>
       <c r="H433" t="s">
         <v>30</v>
       </c>
       <c r="I433" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" t="s">
         <v>14</v>
       </c>
       <c r="B434">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="C434" t="s">
         <v>16</v>
       </c>
       <c r="D434" t="s">
         <v>17</v>
       </c>
       <c r="E434" t="s">
         <v>19</v>
       </c>
       <c r="F434" t="s">
         <v>24</v>
       </c>
       <c r="G434" t="s">
         <v>29</v>
       </c>
       <c r="H434" t="s">
         <v>30</v>
       </c>
       <c r="I434" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" t="s">
         <v>15</v>
       </c>
       <c r="B435">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="C435" t="s">
         <v>16</v>
       </c>
       <c r="D435" t="s">
         <v>17</v>
       </c>
       <c r="E435" t="s">
         <v>19</v>
       </c>
       <c r="F435" t="s">
         <v>24</v>
       </c>
       <c r="G435" t="s">
         <v>29</v>
       </c>
       <c r="H435" t="s">
         <v>30</v>
       </c>
       <c r="I435" s="2">
-        <v>45016</v>
+        <v>45747</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" t="s">
         <v>9</v>
       </c>
       <c r="B436">
-        <v>22</v>
+        <v>185</v>
       </c>
       <c r="C436" t="s">
         <v>16</v>
       </c>
       <c r="D436" t="s">
         <v>17</v>
       </c>
       <c r="E436" t="s">
         <v>19</v>
       </c>
       <c r="F436" t="s">
         <v>24</v>
       </c>
       <c r="G436" t="s">
         <v>29</v>
       </c>
       <c r="H436" t="s">
         <v>30</v>
       </c>
       <c r="I436" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" t="s">
         <v>10</v>
       </c>
       <c r="B437">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="C437" t="s">
         <v>16</v>
       </c>
       <c r="D437" t="s">
         <v>17</v>
       </c>
       <c r="E437" t="s">
         <v>19</v>
       </c>
       <c r="F437" t="s">
         <v>24</v>
       </c>
       <c r="G437" t="s">
         <v>29</v>
       </c>
       <c r="H437" t="s">
         <v>30</v>
       </c>
       <c r="I437" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" t="s">
         <v>11</v>
       </c>
       <c r="B438">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C438" t="s">
         <v>16</v>
       </c>
       <c r="D438" t="s">
         <v>17</v>
       </c>
       <c r="E438" t="s">
         <v>19</v>
       </c>
       <c r="F438" t="s">
         <v>24</v>
       </c>
       <c r="G438" t="s">
         <v>29</v>
       </c>
       <c r="H438" t="s">
         <v>30</v>
       </c>
       <c r="I438" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" t="s">
         <v>12</v>
       </c>
       <c r="B439">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C439" t="s">
         <v>16</v>
       </c>
       <c r="D439" t="s">
         <v>17</v>
       </c>
       <c r="E439" t="s">
         <v>19</v>
       </c>
       <c r="F439" t="s">
         <v>24</v>
       </c>
       <c r="G439" t="s">
         <v>29</v>
       </c>
       <c r="H439" t="s">
         <v>30</v>
       </c>
       <c r="I439" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" t="s">
         <v>13</v>
       </c>
       <c r="B440">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C440" t="s">
         <v>16</v>
       </c>
       <c r="D440" t="s">
         <v>17</v>
       </c>
       <c r="E440" t="s">
         <v>19</v>
       </c>
       <c r="F440" t="s">
         <v>24</v>
       </c>
       <c r="G440" t="s">
         <v>29</v>
       </c>
       <c r="H440" t="s">
         <v>30</v>
       </c>
       <c r="I440" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" t="s">
         <v>14</v>
       </c>
       <c r="B441">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C441" t="s">
         <v>16</v>
       </c>
       <c r="D441" t="s">
         <v>17</v>
       </c>
       <c r="E441" t="s">
         <v>19</v>
       </c>
       <c r="F441" t="s">
         <v>24</v>
       </c>
       <c r="G441" t="s">
         <v>29</v>
       </c>
       <c r="H441" t="s">
         <v>30</v>
       </c>
       <c r="I441" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" t="s">
         <v>15</v>
       </c>
       <c r="B442">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C442" t="s">
         <v>16</v>
       </c>
       <c r="D442" t="s">
         <v>17</v>
       </c>
       <c r="E442" t="s">
         <v>19</v>
       </c>
       <c r="F442" t="s">
         <v>24</v>
       </c>
       <c r="G442" t="s">
         <v>29</v>
       </c>
       <c r="H442" t="s">
         <v>30</v>
       </c>
       <c r="I442" s="2">
-        <v>45046</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" t="s">
         <v>9</v>
       </c>
       <c r="B443">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="C443" t="s">
         <v>16</v>
       </c>
       <c r="D443" t="s">
         <v>17</v>
       </c>
       <c r="E443" t="s">
         <v>19</v>
       </c>
       <c r="F443" t="s">
         <v>24</v>
       </c>
       <c r="G443" t="s">
         <v>29</v>
       </c>
       <c r="H443" t="s">
         <v>30</v>
       </c>
       <c r="I443" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" t="s">
         <v>10</v>
       </c>
       <c r="B444">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="C444" t="s">
         <v>16</v>
       </c>
       <c r="D444" t="s">
         <v>17</v>
       </c>
       <c r="E444" t="s">
         <v>19</v>
       </c>
       <c r="F444" t="s">
         <v>24</v>
       </c>
       <c r="G444" t="s">
         <v>29</v>
       </c>
       <c r="H444" t="s">
         <v>30</v>
       </c>
       <c r="I444" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" t="s">
         <v>11</v>
       </c>
       <c r="B445">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="C445" t="s">
         <v>16</v>
       </c>
       <c r="D445" t="s">
         <v>17</v>
       </c>
       <c r="E445" t="s">
         <v>19</v>
       </c>
       <c r="F445" t="s">
         <v>24</v>
       </c>
       <c r="G445" t="s">
         <v>29</v>
       </c>
       <c r="H445" t="s">
         <v>30</v>
       </c>
       <c r="I445" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" t="s">
         <v>12</v>
       </c>
       <c r="B446">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C446" t="s">
         <v>16</v>
       </c>
       <c r="D446" t="s">
         <v>17</v>
       </c>
       <c r="E446" t="s">
         <v>19</v>
       </c>
       <c r="F446" t="s">
         <v>24</v>
       </c>
       <c r="G446" t="s">
         <v>29</v>
       </c>
       <c r="H446" t="s">
         <v>30</v>
       </c>
       <c r="I446" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" t="s">
         <v>13</v>
       </c>
       <c r="B447">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C447" t="s">
         <v>16</v>
       </c>
       <c r="D447" t="s">
         <v>17</v>
       </c>
       <c r="E447" t="s">
         <v>19</v>
       </c>
       <c r="F447" t="s">
         <v>24</v>
       </c>
       <c r="G447" t="s">
         <v>29</v>
       </c>
       <c r="H447" t="s">
         <v>30</v>
       </c>
       <c r="I447" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" t="s">
         <v>14</v>
       </c>
       <c r="B448">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="C448" t="s">
         <v>16</v>
       </c>
       <c r="D448" t="s">
         <v>17</v>
       </c>
       <c r="E448" t="s">
         <v>19</v>
       </c>
       <c r="F448" t="s">
         <v>24</v>
       </c>
       <c r="G448" t="s">
         <v>29</v>
       </c>
       <c r="H448" t="s">
         <v>30</v>
       </c>
       <c r="I448" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" t="s">
         <v>15</v>
       </c>
       <c r="B449">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="C449" t="s">
         <v>16</v>
       </c>
       <c r="D449" t="s">
         <v>17</v>
       </c>
       <c r="E449" t="s">
         <v>19</v>
       </c>
       <c r="F449" t="s">
         <v>24</v>
       </c>
       <c r="G449" t="s">
         <v>29</v>
       </c>
       <c r="H449" t="s">
         <v>30</v>
       </c>
       <c r="I449" s="2">
-        <v>45077</v>
+        <v>45808</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" t="s">
         <v>9</v>
       </c>
       <c r="B450">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="C450" t="s">
         <v>16</v>
       </c>
       <c r="D450" t="s">
         <v>17</v>
       </c>
       <c r="E450" t="s">
         <v>19</v>
       </c>
       <c r="F450" t="s">
         <v>24</v>
       </c>
       <c r="G450" t="s">
         <v>29</v>
       </c>
       <c r="H450" t="s">
         <v>30</v>
       </c>
       <c r="I450" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" t="s">
         <v>10</v>
       </c>
       <c r="B451">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="C451" t="s">
         <v>16</v>
       </c>
       <c r="D451" t="s">
         <v>17</v>
       </c>
       <c r="E451" t="s">
         <v>19</v>
       </c>
       <c r="F451" t="s">
         <v>24</v>
       </c>
       <c r="G451" t="s">
         <v>29</v>
       </c>
       <c r="H451" t="s">
         <v>30</v>
       </c>
       <c r="I451" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" t="s">
         <v>11</v>
       </c>
       <c r="B452">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="C452" t="s">
         <v>16</v>
       </c>
       <c r="D452" t="s">
         <v>17</v>
       </c>
       <c r="E452" t="s">
         <v>19</v>
       </c>
       <c r="F452" t="s">
         <v>24</v>
       </c>
       <c r="G452" t="s">
         <v>29</v>
       </c>
       <c r="H452" t="s">
         <v>30</v>
       </c>
       <c r="I452" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" t="s">
         <v>12</v>
       </c>
       <c r="B453">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C453" t="s">
         <v>16</v>
       </c>
       <c r="D453" t="s">
         <v>17</v>
       </c>
       <c r="E453" t="s">
         <v>19</v>
       </c>
       <c r="F453" t="s">
         <v>24</v>
       </c>
       <c r="G453" t="s">
         <v>29</v>
       </c>
       <c r="H453" t="s">
         <v>30</v>
       </c>
       <c r="I453" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" t="s">
         <v>13</v>
       </c>
       <c r="B454">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C454" t="s">
         <v>16</v>
       </c>
       <c r="D454" t="s">
         <v>17</v>
       </c>
       <c r="E454" t="s">
         <v>19</v>
       </c>
       <c r="F454" t="s">
         <v>24</v>
       </c>
       <c r="G454" t="s">
         <v>29</v>
       </c>
       <c r="H454" t="s">
         <v>30</v>
       </c>
       <c r="I454" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" t="s">
         <v>14</v>
       </c>
       <c r="B455">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C455" t="s">
         <v>16</v>
       </c>
       <c r="D455" t="s">
         <v>17</v>
       </c>
       <c r="E455" t="s">
         <v>19</v>
       </c>
       <c r="F455" t="s">
         <v>24</v>
       </c>
       <c r="G455" t="s">
         <v>29</v>
       </c>
       <c r="H455" t="s">
         <v>30</v>
       </c>
       <c r="I455" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" t="s">
         <v>15</v>
       </c>
       <c r="B456">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C456" t="s">
         <v>16</v>
       </c>
       <c r="D456" t="s">
         <v>17</v>
       </c>
       <c r="E456" t="s">
         <v>19</v>
       </c>
       <c r="F456" t="s">
         <v>24</v>
       </c>
       <c r="G456" t="s">
         <v>29</v>
       </c>
       <c r="H456" t="s">
         <v>30</v>
       </c>
       <c r="I456" s="2">
-        <v>45107</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" t="s">
         <v>9</v>
       </c>
       <c r="B457">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="C457" t="s">
         <v>16</v>
       </c>
       <c r="D457" t="s">
         <v>17</v>
       </c>
       <c r="E457" t="s">
         <v>19</v>
       </c>
       <c r="F457" t="s">
         <v>24</v>
       </c>
       <c r="G457" t="s">
         <v>29</v>
       </c>
       <c r="H457" t="s">
         <v>30</v>
       </c>
       <c r="I457" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" t="s">
         <v>10</v>
       </c>
       <c r="B458">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="C458" t="s">
         <v>16</v>
       </c>
       <c r="D458" t="s">
         <v>17</v>
       </c>
       <c r="E458" t="s">
         <v>19</v>
       </c>
       <c r="F458" t="s">
         <v>24</v>
       </c>
       <c r="G458" t="s">
         <v>29</v>
       </c>
       <c r="H458" t="s">
         <v>30</v>
       </c>
       <c r="I458" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" t="s">
         <v>11</v>
       </c>
       <c r="B459">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C459" t="s">
         <v>16</v>
       </c>
       <c r="D459" t="s">
         <v>17</v>
       </c>
       <c r="E459" t="s">
         <v>19</v>
       </c>
       <c r="F459" t="s">
         <v>24</v>
       </c>
       <c r="G459" t="s">
         <v>29</v>
       </c>
       <c r="H459" t="s">
         <v>30</v>
       </c>
       <c r="I459" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" t="s">
         <v>12</v>
       </c>
       <c r="B460">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C460" t="s">
         <v>16</v>
       </c>
       <c r="D460" t="s">
         <v>17</v>
       </c>
       <c r="E460" t="s">
         <v>19</v>
       </c>
       <c r="F460" t="s">
         <v>24</v>
       </c>
       <c r="G460" t="s">
         <v>29</v>
       </c>
       <c r="H460" t="s">
         <v>30</v>
       </c>
       <c r="I460" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" t="s">
         <v>13</v>
       </c>
       <c r="B461">
         <v>0</v>
       </c>
       <c r="C461" t="s">
         <v>16</v>
       </c>
       <c r="D461" t="s">
         <v>17</v>
       </c>
       <c r="E461" t="s">
         <v>19</v>
       </c>
       <c r="F461" t="s">
         <v>24</v>
       </c>
       <c r="G461" t="s">
         <v>29</v>
       </c>
       <c r="H461" t="s">
         <v>30</v>
       </c>
       <c r="I461" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" t="s">
         <v>14</v>
       </c>
       <c r="B462">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="C462" t="s">
         <v>16</v>
       </c>
       <c r="D462" t="s">
         <v>17</v>
       </c>
       <c r="E462" t="s">
         <v>19</v>
       </c>
       <c r="F462" t="s">
         <v>24</v>
       </c>
       <c r="G462" t="s">
         <v>29</v>
       </c>
       <c r="H462" t="s">
         <v>30</v>
       </c>
       <c r="I462" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" t="s">
         <v>15</v>
       </c>
       <c r="B463">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="C463" t="s">
         <v>16</v>
       </c>
       <c r="D463" t="s">
         <v>17</v>
       </c>
       <c r="E463" t="s">
         <v>19</v>
       </c>
       <c r="F463" t="s">
         <v>24</v>
       </c>
       <c r="G463" t="s">
         <v>29</v>
       </c>
       <c r="H463" t="s">
         <v>30</v>
       </c>
       <c r="I463" s="2">
-        <v>45138</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" t="s">
         <v>9</v>
       </c>
       <c r="B464">
-        <v>9</v>
+        <v>63</v>
       </c>
       <c r="C464" t="s">
         <v>16</v>
       </c>
       <c r="D464" t="s">
         <v>17</v>
       </c>
       <c r="E464" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F464" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G464" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H464" t="s">
         <v>30</v>
       </c>
       <c r="I464" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" t="s">
         <v>10</v>
       </c>
       <c r="B465">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="C465" t="s">
         <v>16</v>
       </c>
       <c r="D465" t="s">
         <v>17</v>
       </c>
       <c r="E465" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F465" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G465" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H465" t="s">
         <v>30</v>
       </c>
       <c r="I465" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" t="s">
         <v>11</v>
       </c>
       <c r="B466">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="C466" t="s">
         <v>16</v>
       </c>
       <c r="D466" t="s">
         <v>17</v>
       </c>
       <c r="E466" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F466" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G466" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H466" t="s">
         <v>30</v>
       </c>
       <c r="I466" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" t="s">
         <v>12</v>
       </c>
       <c r="B467">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C467" t="s">
         <v>16</v>
       </c>
       <c r="D467" t="s">
         <v>17</v>
       </c>
       <c r="E467" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F467" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G467" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H467" t="s">
         <v>30</v>
       </c>
       <c r="I467" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" t="s">
         <v>13</v>
       </c>
       <c r="B468">
         <v>0</v>
       </c>
       <c r="C468" t="s">
         <v>16</v>
       </c>
       <c r="D468" t="s">
         <v>17</v>
       </c>
       <c r="E468" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F468" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G468" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H468" t="s">
         <v>30</v>
       </c>
       <c r="I468" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" t="s">
         <v>14</v>
       </c>
       <c r="B469">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C469" t="s">
         <v>16</v>
       </c>
       <c r="D469" t="s">
         <v>17</v>
       </c>
       <c r="E469" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F469" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G469" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H469" t="s">
         <v>30</v>
       </c>
       <c r="I469" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" t="s">
         <v>15</v>
       </c>
       <c r="B470">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C470" t="s">
         <v>16</v>
       </c>
       <c r="D470" t="s">
         <v>17</v>
       </c>
       <c r="E470" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F470" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G470" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H470" t="s">
         <v>30</v>
       </c>
       <c r="I470" s="2">
-        <v>45169</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471" t="s">
         <v>9</v>
       </c>
       <c r="B471">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="C471" t="s">
         <v>16</v>
       </c>
       <c r="D471" t="s">
         <v>17</v>
       </c>
       <c r="E471" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F471" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G471" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H471" t="s">
         <v>30</v>
       </c>
       <c r="I471" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472" t="s">
         <v>10</v>
       </c>
       <c r="B472">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C472" t="s">
         <v>16</v>
       </c>
       <c r="D472" t="s">
         <v>17</v>
       </c>
       <c r="E472" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F472" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G472" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H472" t="s">
         <v>30</v>
       </c>
       <c r="I472" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473" t="s">
         <v>11</v>
       </c>
       <c r="B473">
         <v>2</v>
       </c>
       <c r="C473" t="s">
         <v>16</v>
       </c>
       <c r="D473" t="s">
         <v>17</v>
       </c>
       <c r="E473" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F473" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G473" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H473" t="s">
         <v>30</v>
       </c>
       <c r="I473" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474" t="s">
         <v>12</v>
       </c>
       <c r="B474">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C474" t="s">
         <v>16</v>
       </c>
       <c r="D474" t="s">
         <v>17</v>
       </c>
       <c r="E474" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F474" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G474" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H474" t="s">
         <v>30</v>
       </c>
       <c r="I474" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475" t="s">
         <v>13</v>
       </c>
       <c r="B475">
         <v>0</v>
       </c>
       <c r="C475" t="s">
         <v>16</v>
       </c>
       <c r="D475" t="s">
         <v>17</v>
       </c>
       <c r="E475" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F475" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G475" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H475" t="s">
         <v>30</v>
       </c>
       <c r="I475" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476" t="s">
         <v>14</v>
       </c>
       <c r="B476">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C476" t="s">
         <v>16</v>
       </c>
       <c r="D476" t="s">
         <v>17</v>
       </c>
       <c r="E476" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F476" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G476" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H476" t="s">
         <v>30</v>
       </c>
       <c r="I476" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" t="s">
         <v>15</v>
       </c>
       <c r="B477">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C477" t="s">
         <v>16</v>
       </c>
       <c r="D477" t="s">
         <v>17</v>
       </c>
       <c r="E477" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F477" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G477" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H477" t="s">
         <v>30</v>
       </c>
       <c r="I477" s="2">
-        <v>45199</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" t="s">
         <v>9</v>
       </c>
       <c r="B478">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="C478" t="s">
         <v>16</v>
       </c>
       <c r="D478" t="s">
         <v>17</v>
       </c>
       <c r="E478" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F478" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G478" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H478" t="s">
         <v>30</v>
       </c>
       <c r="I478" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" t="s">
         <v>10</v>
       </c>
       <c r="B479">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C479" t="s">
         <v>16</v>
       </c>
       <c r="D479" t="s">
         <v>17</v>
       </c>
       <c r="E479" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F479" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G479" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H479" t="s">
         <v>30</v>
       </c>
       <c r="I479" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" t="s">
         <v>11</v>
       </c>
       <c r="B480">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C480" t="s">
         <v>16</v>
       </c>
       <c r="D480" t="s">
         <v>17</v>
       </c>
       <c r="E480" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F480" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G480" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H480" t="s">
         <v>30</v>
       </c>
       <c r="I480" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" t="s">
         <v>12</v>
       </c>
       <c r="B481">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C481" t="s">
         <v>16</v>
       </c>
       <c r="D481" t="s">
         <v>17</v>
       </c>
       <c r="E481" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F481" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G481" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H481" t="s">
         <v>30</v>
       </c>
       <c r="I481" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" t="s">
         <v>13</v>
       </c>
       <c r="B482">
         <v>0</v>
       </c>
       <c r="C482" t="s">
         <v>16</v>
       </c>
       <c r="D482" t="s">
         <v>17</v>
       </c>
       <c r="E482" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F482" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G482" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H482" t="s">
         <v>30</v>
       </c>
       <c r="I482" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" t="s">
         <v>14</v>
       </c>
       <c r="B483">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C483" t="s">
         <v>16</v>
       </c>
       <c r="D483" t="s">
         <v>17</v>
       </c>
       <c r="E483" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F483" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G483" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H483" t="s">
         <v>30</v>
       </c>
       <c r="I483" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" t="s">
         <v>15</v>
       </c>
       <c r="B484">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C484" t="s">
         <v>16</v>
       </c>
       <c r="D484" t="s">
         <v>17</v>
       </c>
       <c r="E484" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F484" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G484" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H484" t="s">
         <v>30</v>
       </c>
       <c r="I484" s="2">
-        <v>45230</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" t="s">
         <v>9</v>
       </c>
       <c r="B485">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C485" t="s">
         <v>16</v>
       </c>
       <c r="D485" t="s">
         <v>17</v>
       </c>
       <c r="E485" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F485" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G485" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H485" t="s">
         <v>30</v>
       </c>
       <c r="I485" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" t="s">
         <v>10</v>
       </c>
       <c r="B486">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="C486" t="s">
         <v>16</v>
       </c>
       <c r="D486" t="s">
         <v>17</v>
       </c>
       <c r="E486" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F486" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G486" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H486" t="s">
         <v>30</v>
       </c>
       <c r="I486" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" t="s">
         <v>11</v>
       </c>
       <c r="B487">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C487" t="s">
         <v>16</v>
       </c>
       <c r="D487" t="s">
         <v>17</v>
       </c>
       <c r="E487" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F487" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G487" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H487" t="s">
         <v>30</v>
       </c>
       <c r="I487" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" t="s">
         <v>12</v>
       </c>
       <c r="B488">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C488" t="s">
         <v>16</v>
       </c>
       <c r="D488" t="s">
         <v>17</v>
       </c>
       <c r="E488" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F488" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G488" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H488" t="s">
         <v>30</v>
       </c>
       <c r="I488" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" t="s">
         <v>13</v>
       </c>
       <c r="B489">
         <v>0</v>
       </c>
       <c r="C489" t="s">
         <v>16</v>
       </c>
       <c r="D489" t="s">
         <v>17</v>
       </c>
       <c r="E489" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F489" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G489" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H489" t="s">
         <v>30</v>
       </c>
       <c r="I489" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" t="s">
         <v>14</v>
       </c>
       <c r="B490">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C490" t="s">
         <v>16</v>
       </c>
       <c r="D490" t="s">
         <v>17</v>
       </c>
       <c r="E490" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F490" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G490" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H490" t="s">
         <v>30</v>
       </c>
       <c r="I490" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" t="s">
         <v>15</v>
       </c>
       <c r="B491">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C491" t="s">
         <v>16</v>
       </c>
       <c r="D491" t="s">
         <v>17</v>
       </c>
       <c r="E491" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F491" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G491" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H491" t="s">
         <v>30</v>
       </c>
       <c r="I491" s="2">
-        <v>45260</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" t="s">
         <v>9</v>
       </c>
       <c r="B492">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C492" t="s">
         <v>16</v>
       </c>
       <c r="D492" t="s">
         <v>17</v>
       </c>
       <c r="E492" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F492" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G492" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H492" t="s">
         <v>30</v>
       </c>
       <c r="I492" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" t="s">
         <v>10</v>
       </c>
       <c r="B493">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="C493" t="s">
         <v>16</v>
       </c>
       <c r="D493" t="s">
         <v>17</v>
       </c>
       <c r="E493" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F493" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G493" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H493" t="s">
         <v>30</v>
       </c>
       <c r="I493" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" t="s">
         <v>11</v>
       </c>
       <c r="B494">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C494" t="s">
         <v>16</v>
       </c>
       <c r="D494" t="s">
         <v>17</v>
       </c>
       <c r="E494" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F494" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G494" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H494" t="s">
         <v>30</v>
       </c>
       <c r="I494" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" t="s">
         <v>12</v>
       </c>
       <c r="B495">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C495" t="s">
         <v>16</v>
       </c>
       <c r="D495" t="s">
         <v>17</v>
       </c>
       <c r="E495" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F495" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G495" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H495" t="s">
         <v>30</v>
       </c>
       <c r="I495" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" t="s">
         <v>13</v>
       </c>
       <c r="B496">
         <v>0</v>
       </c>
       <c r="C496" t="s">
         <v>16</v>
       </c>
       <c r="D496" t="s">
         <v>17</v>
       </c>
       <c r="E496" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F496" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G496" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H496" t="s">
         <v>30</v>
       </c>
       <c r="I496" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" t="s">
         <v>14</v>
       </c>
       <c r="B497">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C497" t="s">
         <v>16</v>
       </c>
       <c r="D497" t="s">
         <v>17</v>
       </c>
       <c r="E497" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F497" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G497" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H497" t="s">
         <v>30</v>
       </c>
       <c r="I497" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" t="s">
         <v>15</v>
       </c>
       <c r="B498">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C498" t="s">
         <v>16</v>
       </c>
       <c r="D498" t="s">
         <v>17</v>
       </c>
       <c r="E498" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F498" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G498" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H498" t="s">
         <v>30</v>
       </c>
       <c r="I498" s="2">
-        <v>45291</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" t="s">
         <v>9</v>
       </c>
       <c r="B499">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C499" t="s">
         <v>16</v>
       </c>
       <c r="D499" t="s">
         <v>17</v>
       </c>
       <c r="E499" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F499" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G499" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H499" t="s">
         <v>30</v>
       </c>
       <c r="I499" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" t="s">
         <v>10</v>
       </c>
       <c r="B500">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="C500" t="s">
         <v>16</v>
       </c>
       <c r="D500" t="s">
         <v>17</v>
       </c>
       <c r="E500" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F500" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G500" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H500" t="s">
         <v>30</v>
       </c>
       <c r="I500" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" t="s">
         <v>11</v>
       </c>
       <c r="B501">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C501" t="s">
         <v>16</v>
       </c>
       <c r="D501" t="s">
         <v>17</v>
       </c>
       <c r="E501" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F501" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G501" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H501" t="s">
         <v>30</v>
       </c>
       <c r="I501" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" t="s">
         <v>12</v>
       </c>
       <c r="B502">
         <v>2</v>
       </c>
       <c r="C502" t="s">
         <v>16</v>
       </c>
       <c r="D502" t="s">
         <v>17</v>
       </c>
       <c r="E502" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F502" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G502" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H502" t="s">
         <v>30</v>
       </c>
       <c r="I502" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" t="s">
         <v>13</v>
       </c>
       <c r="B503">
         <v>0</v>
       </c>
       <c r="C503" t="s">
         <v>16</v>
       </c>
       <c r="D503" t="s">
         <v>17</v>
       </c>
       <c r="E503" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F503" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G503" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H503" t="s">
         <v>30</v>
       </c>
       <c r="I503" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" t="s">
         <v>14</v>
       </c>
       <c r="B504">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C504" t="s">
         <v>16</v>
       </c>
       <c r="D504" t="s">
         <v>17</v>
       </c>
       <c r="E504" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F504" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G504" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H504" t="s">
         <v>30</v>
       </c>
       <c r="I504" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" t="s">
         <v>15</v>
       </c>
       <c r="B505">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C505" t="s">
         <v>16</v>
       </c>
       <c r="D505" t="s">
         <v>17</v>
       </c>
       <c r="E505" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F505" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G505" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H505" t="s">
         <v>30</v>
       </c>
       <c r="I505" s="2">
-        <v>45322</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" t="s">
         <v>9</v>
       </c>
       <c r="B506">
+        <v>66</v>
+      </c>
+      <c r="C506" t="s">
+        <v>16</v>
+      </c>
+      <c r="D506" t="s">
+        <v>17</v>
+      </c>
+      <c r="E506" t="s">
+        <v>18</v>
+      </c>
+      <c r="F506" t="s">
+        <v>21</v>
+      </c>
+      <c r="G506" t="s">
         <v>26</v>
       </c>
-      <c r="C506" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H506" t="s">
         <v>30</v>
       </c>
       <c r="I506" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" t="s">
         <v>10</v>
       </c>
       <c r="B507">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="C507" t="s">
         <v>16</v>
       </c>
       <c r="D507" t="s">
         <v>17</v>
       </c>
       <c r="E507" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F507" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G507" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H507" t="s">
         <v>30</v>
       </c>
       <c r="I507" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" t="s">
         <v>11</v>
       </c>
       <c r="B508">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="C508" t="s">
         <v>16</v>
       </c>
       <c r="D508" t="s">
         <v>17</v>
       </c>
       <c r="E508" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F508" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G508" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H508" t="s">
         <v>30</v>
       </c>
       <c r="I508" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" t="s">
         <v>12</v>
       </c>
       <c r="B509">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C509" t="s">
         <v>16</v>
       </c>
       <c r="D509" t="s">
         <v>17</v>
       </c>
       <c r="E509" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F509" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G509" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H509" t="s">
         <v>30</v>
       </c>
       <c r="I509" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" t="s">
         <v>13</v>
       </c>
       <c r="B510">
         <v>0</v>
       </c>
       <c r="C510" t="s">
         <v>16</v>
       </c>
       <c r="D510" t="s">
         <v>17</v>
       </c>
       <c r="E510" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F510" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G510" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H510" t="s">
         <v>30</v>
       </c>
       <c r="I510" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" t="s">
         <v>14</v>
       </c>
       <c r="B511">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C511" t="s">
         <v>16</v>
       </c>
       <c r="D511" t="s">
         <v>17</v>
       </c>
       <c r="E511" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F511" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G511" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H511" t="s">
         <v>30</v>
       </c>
       <c r="I511" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" t="s">
         <v>15</v>
       </c>
       <c r="B512">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C512" t="s">
         <v>16</v>
       </c>
       <c r="D512" t="s">
         <v>17</v>
       </c>
       <c r="E512" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F512" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G512" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H512" t="s">
         <v>30</v>
       </c>
       <c r="I512" s="2">
-        <v>45351</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" t="s">
         <v>9</v>
       </c>
       <c r="B513">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="C513" t="s">
         <v>16</v>
       </c>
       <c r="D513" t="s">
         <v>17</v>
       </c>
       <c r="E513" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F513" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G513" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H513" t="s">
         <v>30</v>
       </c>
       <c r="I513" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" t="s">
         <v>10</v>
       </c>
       <c r="B514">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="C514" t="s">
         <v>16</v>
       </c>
       <c r="D514" t="s">
         <v>17</v>
       </c>
       <c r="E514" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F514" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G514" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H514" t="s">
         <v>30</v>
       </c>
       <c r="I514" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" t="s">
         <v>11</v>
       </c>
       <c r="B515">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C515" t="s">
         <v>16</v>
       </c>
       <c r="D515" t="s">
         <v>17</v>
       </c>
       <c r="E515" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F515" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G515" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H515" t="s">
         <v>30</v>
       </c>
       <c r="I515" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" t="s">
         <v>12</v>
       </c>
       <c r="B516">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C516" t="s">
         <v>16</v>
       </c>
       <c r="D516" t="s">
         <v>17</v>
       </c>
       <c r="E516" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F516" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G516" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H516" t="s">
         <v>30</v>
       </c>
       <c r="I516" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" t="s">
         <v>13</v>
       </c>
       <c r="B517">
         <v>0</v>
       </c>
       <c r="C517" t="s">
         <v>16</v>
       </c>
       <c r="D517" t="s">
         <v>17</v>
       </c>
       <c r="E517" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F517" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G517" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H517" t="s">
         <v>30</v>
       </c>
       <c r="I517" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" t="s">
         <v>14</v>
       </c>
       <c r="B518">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C518" t="s">
         <v>16</v>
       </c>
       <c r="D518" t="s">
         <v>17</v>
       </c>
       <c r="E518" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F518" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G518" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H518" t="s">
         <v>30</v>
       </c>
       <c r="I518" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" t="s">
         <v>15</v>
       </c>
       <c r="B519">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C519" t="s">
         <v>16</v>
       </c>
       <c r="D519" t="s">
         <v>17</v>
       </c>
       <c r="E519" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F519" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G519" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H519" t="s">
         <v>30</v>
       </c>
       <c r="I519" s="2">
-        <v>45382</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" t="s">
         <v>9</v>
       </c>
       <c r="B520">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="C520" t="s">
         <v>16</v>
       </c>
       <c r="D520" t="s">
         <v>17</v>
       </c>
       <c r="E520" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F520" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G520" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H520" t="s">
         <v>30</v>
       </c>
       <c r="I520" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" t="s">
         <v>10</v>
       </c>
       <c r="B521">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="C521" t="s">
         <v>16</v>
       </c>
       <c r="D521" t="s">
         <v>17</v>
       </c>
       <c r="E521" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F521" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G521" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H521" t="s">
         <v>30</v>
       </c>
       <c r="I521" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" t="s">
         <v>11</v>
       </c>
       <c r="B522">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="C522" t="s">
         <v>16</v>
       </c>
       <c r="D522" t="s">
         <v>17</v>
       </c>
       <c r="E522" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F522" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G522" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H522" t="s">
         <v>30</v>
       </c>
       <c r="I522" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" t="s">
         <v>12</v>
       </c>
       <c r="B523">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C523" t="s">
         <v>16</v>
       </c>
       <c r="D523" t="s">
         <v>17</v>
       </c>
       <c r="E523" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F523" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G523" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H523" t="s">
         <v>30</v>
       </c>
       <c r="I523" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" t="s">
         <v>13</v>
       </c>
       <c r="B524">
         <v>0</v>
       </c>
       <c r="C524" t="s">
         <v>16</v>
       </c>
       <c r="D524" t="s">
         <v>17</v>
       </c>
       <c r="E524" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F524" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G524" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H524" t="s">
         <v>30</v>
       </c>
       <c r="I524" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" t="s">
         <v>14</v>
       </c>
       <c r="B525">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C525" t="s">
         <v>16</v>
       </c>
       <c r="D525" t="s">
         <v>17</v>
       </c>
       <c r="E525" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F525" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G525" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H525" t="s">
         <v>30</v>
       </c>
       <c r="I525" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" t="s">
         <v>15</v>
       </c>
       <c r="B526">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C526" t="s">
         <v>16</v>
       </c>
       <c r="D526" t="s">
         <v>17</v>
       </c>
       <c r="E526" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F526" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G526" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H526" t="s">
         <v>30</v>
       </c>
       <c r="I526" s="2">
-        <v>45412</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" t="s">
         <v>9</v>
       </c>
       <c r="B527">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="C527" t="s">
         <v>16</v>
       </c>
       <c r="D527" t="s">
         <v>17</v>
       </c>
       <c r="E527" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F527" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G527" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H527" t="s">
         <v>30</v>
       </c>
       <c r="I527" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" t="s">
         <v>10</v>
       </c>
       <c r="B528">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="C528" t="s">
         <v>16</v>
       </c>
       <c r="D528" t="s">
         <v>17</v>
       </c>
       <c r="E528" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F528" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G528" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H528" t="s">
         <v>30</v>
       </c>
       <c r="I528" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" t="s">
         <v>11</v>
       </c>
       <c r="B529">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C529" t="s">
         <v>16</v>
       </c>
       <c r="D529" t="s">
         <v>17</v>
       </c>
       <c r="E529" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F529" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G529" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H529" t="s">
         <v>30</v>
       </c>
       <c r="I529" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" t="s">
         <v>12</v>
       </c>
       <c r="B530">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C530" t="s">
         <v>16</v>
       </c>
       <c r="D530" t="s">
         <v>17</v>
       </c>
       <c r="E530" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F530" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G530" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H530" t="s">
         <v>30</v>
       </c>
       <c r="I530" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" t="s">
         <v>13</v>
       </c>
       <c r="B531">
         <v>0</v>
       </c>
       <c r="C531" t="s">
         <v>16</v>
       </c>
       <c r="D531" t="s">
         <v>17</v>
       </c>
       <c r="E531" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F531" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G531" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H531" t="s">
         <v>30</v>
       </c>
       <c r="I531" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" t="s">
         <v>14</v>
       </c>
       <c r="B532">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C532" t="s">
         <v>16</v>
       </c>
       <c r="D532" t="s">
         <v>17</v>
       </c>
       <c r="E532" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F532" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G532" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H532" t="s">
         <v>30</v>
       </c>
       <c r="I532" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" t="s">
         <v>15</v>
       </c>
       <c r="B533">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C533" t="s">
         <v>16</v>
       </c>
       <c r="D533" t="s">
         <v>17</v>
       </c>
       <c r="E533" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F533" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G533" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H533" t="s">
         <v>30</v>
       </c>
       <c r="I533" s="2">
-        <v>45443</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" t="s">
         <v>9</v>
       </c>
       <c r="B534">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="C534" t="s">
         <v>16</v>
       </c>
       <c r="D534" t="s">
         <v>17</v>
       </c>
       <c r="E534" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F534" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G534" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H534" t="s">
         <v>30</v>
       </c>
       <c r="I534" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" t="s">
         <v>10</v>
       </c>
       <c r="B535">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="C535" t="s">
         <v>16</v>
       </c>
       <c r="D535" t="s">
         <v>17</v>
       </c>
       <c r="E535" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F535" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G535" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H535" t="s">
         <v>30</v>
       </c>
       <c r="I535" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" t="s">
         <v>11</v>
       </c>
       <c r="B536">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="C536" t="s">
         <v>16</v>
       </c>
       <c r="D536" t="s">
         <v>17</v>
       </c>
       <c r="E536" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F536" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G536" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H536" t="s">
         <v>30</v>
       </c>
       <c r="I536" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" t="s">
         <v>12</v>
       </c>
       <c r="B537">
         <v>1</v>
       </c>
       <c r="C537" t="s">
         <v>16</v>
       </c>
       <c r="D537" t="s">
         <v>17</v>
       </c>
       <c r="E537" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F537" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G537" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H537" t="s">
         <v>30</v>
       </c>
       <c r="I537" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" t="s">
         <v>13</v>
       </c>
       <c r="B538">
         <v>0</v>
       </c>
       <c r="C538" t="s">
         <v>16</v>
       </c>
       <c r="D538" t="s">
         <v>17</v>
       </c>
       <c r="E538" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F538" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G538" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H538" t="s">
         <v>30</v>
       </c>
       <c r="I538" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" t="s">
         <v>14</v>
       </c>
       <c r="B539">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C539" t="s">
         <v>16</v>
       </c>
       <c r="D539" t="s">
         <v>17</v>
       </c>
       <c r="E539" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F539" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G539" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H539" t="s">
         <v>30</v>
       </c>
       <c r="I539" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" t="s">
         <v>15</v>
       </c>
       <c r="B540">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C540" t="s">
         <v>16</v>
       </c>
       <c r="D540" t="s">
         <v>17</v>
       </c>
       <c r="E540" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F540" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G540" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H540" t="s">
         <v>30</v>
       </c>
       <c r="I540" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" t="s">
         <v>9</v>
       </c>
       <c r="B541">
+        <v>47</v>
+      </c>
+      <c r="C541" t="s">
+        <v>16</v>
+      </c>
+      <c r="D541" t="s">
+        <v>17</v>
+      </c>
+      <c r="E541" t="s">
+        <v>18</v>
+      </c>
+      <c r="F541" t="s">
         <v>21</v>
       </c>
-      <c r="C541" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G541" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H541" t="s">
         <v>30</v>
       </c>
       <c r="I541" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" t="s">
         <v>10</v>
       </c>
       <c r="B542">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="C542" t="s">
         <v>16</v>
       </c>
       <c r="D542" t="s">
         <v>17</v>
       </c>
       <c r="E542" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F542" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G542" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H542" t="s">
         <v>30</v>
       </c>
       <c r="I542" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" t="s">
         <v>11</v>
       </c>
       <c r="B543">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="C543" t="s">
         <v>16</v>
       </c>
       <c r="D543" t="s">
         <v>17</v>
       </c>
       <c r="E543" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F543" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G543" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H543" t="s">
         <v>30</v>
       </c>
       <c r="I543" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" t="s">
         <v>12</v>
       </c>
       <c r="B544">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C544" t="s">
         <v>16</v>
       </c>
       <c r="D544" t="s">
         <v>17</v>
       </c>
       <c r="E544" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F544" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G544" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H544" t="s">
         <v>30</v>
       </c>
       <c r="I544" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" t="s">
         <v>13</v>
       </c>
       <c r="B545">
         <v>0</v>
       </c>
       <c r="C545" t="s">
         <v>16</v>
       </c>
       <c r="D545" t="s">
         <v>17</v>
       </c>
       <c r="E545" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F545" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G545" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H545" t="s">
         <v>30</v>
       </c>
       <c r="I545" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" t="s">
         <v>14</v>
       </c>
       <c r="B546">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C546" t="s">
         <v>16</v>
       </c>
       <c r="D546" t="s">
         <v>17</v>
       </c>
       <c r="E546" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F546" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G546" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H546" t="s">
         <v>30</v>
       </c>
       <c r="I546" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" t="s">
         <v>15</v>
       </c>
       <c r="B547">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C547" t="s">
         <v>16</v>
       </c>
       <c r="D547" t="s">
         <v>17</v>
       </c>
       <c r="E547" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F547" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G547" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H547" t="s">
         <v>30</v>
       </c>
       <c r="I547" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" t="s">
         <v>9</v>
       </c>
       <c r="B548">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="C548" t="s">
         <v>16</v>
       </c>
       <c r="D548" t="s">
         <v>17</v>
       </c>
       <c r="E548" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F548" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G548" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H548" t="s">
         <v>30</v>
       </c>
       <c r="I548" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" t="s">
         <v>10</v>
       </c>
       <c r="B549">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="C549" t="s">
         <v>16</v>
       </c>
       <c r="D549" t="s">
         <v>17</v>
       </c>
       <c r="E549" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F549" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G549" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H549" t="s">
         <v>30</v>
       </c>
       <c r="I549" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" t="s">
         <v>11</v>
       </c>
       <c r="B550">
         <v>2</v>
       </c>
       <c r="C550" t="s">
         <v>16</v>
       </c>
       <c r="D550" t="s">
         <v>17</v>
       </c>
       <c r="E550" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F550" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G550" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H550" t="s">
         <v>30</v>
       </c>
       <c r="I550" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" t="s">
         <v>12</v>
       </c>
       <c r="B551">
         <v>1</v>
       </c>
       <c r="C551" t="s">
         <v>16</v>
       </c>
       <c r="D551" t="s">
         <v>17</v>
       </c>
       <c r="E551" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F551" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G551" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H551" t="s">
         <v>30</v>
       </c>
       <c r="I551" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" t="s">
         <v>13</v>
       </c>
       <c r="B552">
         <v>0</v>
       </c>
       <c r="C552" t="s">
         <v>16</v>
       </c>
       <c r="D552" t="s">
         <v>17</v>
       </c>
       <c r="E552" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F552" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G552" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H552" t="s">
         <v>30</v>
       </c>
       <c r="I552" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" t="s">
         <v>14</v>
       </c>
       <c r="B553">
         <v>1</v>
       </c>
       <c r="C553" t="s">
         <v>16</v>
       </c>
       <c r="D553" t="s">
         <v>17</v>
       </c>
       <c r="E553" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F553" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G553" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H553" t="s">
         <v>30</v>
       </c>
       <c r="I553" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" t="s">
         <v>15</v>
       </c>
       <c r="B554">
         <v>1</v>
       </c>
       <c r="C554" t="s">
         <v>16</v>
       </c>
       <c r="D554" t="s">
         <v>17</v>
       </c>
       <c r="E554" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F554" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G554" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H554" t="s">
         <v>30</v>
       </c>
       <c r="I554" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" t="s">
         <v>9</v>
       </c>
       <c r="B555">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="C555" t="s">
         <v>16</v>
       </c>
       <c r="D555" t="s">
         <v>17</v>
       </c>
       <c r="E555" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F555" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G555" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H555" t="s">
         <v>30</v>
       </c>
       <c r="I555" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" t="s">
         <v>10</v>
       </c>
       <c r="B556">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="C556" t="s">
         <v>16</v>
       </c>
       <c r="D556" t="s">
         <v>17</v>
       </c>
       <c r="E556" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F556" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G556" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H556" t="s">
         <v>30</v>
       </c>
       <c r="I556" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" t="s">
         <v>11</v>
       </c>
       <c r="B557">
         <v>5</v>
       </c>
       <c r="C557" t="s">
         <v>16</v>
       </c>
       <c r="D557" t="s">
         <v>17</v>
       </c>
       <c r="E557" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F557" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G557" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H557" t="s">
         <v>30</v>
       </c>
       <c r="I557" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" t="s">
         <v>12</v>
       </c>
       <c r="B558">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C558" t="s">
         <v>16</v>
       </c>
       <c r="D558" t="s">
         <v>17</v>
       </c>
       <c r="E558" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F558" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G558" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H558" t="s">
         <v>30</v>
       </c>
       <c r="I558" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" t="s">
         <v>13</v>
       </c>
       <c r="B559">
         <v>0</v>
       </c>
       <c r="C559" t="s">
         <v>16</v>
       </c>
       <c r="D559" t="s">
         <v>17</v>
       </c>
       <c r="E559" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F559" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G559" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H559" t="s">
         <v>30</v>
       </c>
       <c r="I559" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" t="s">
         <v>14</v>
       </c>
       <c r="B560">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C560" t="s">
         <v>16</v>
       </c>
       <c r="D560" t="s">
         <v>17</v>
       </c>
       <c r="E560" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F560" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G560" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H560" t="s">
         <v>30</v>
       </c>
       <c r="I560" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" t="s">
         <v>15</v>
       </c>
       <c r="B561">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C561" t="s">
         <v>16</v>
       </c>
       <c r="D561" t="s">
         <v>17</v>
       </c>
       <c r="E561" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F561" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G561" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H561" t="s">
         <v>30</v>
       </c>
       <c r="I561" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" t="s">
         <v>9</v>
       </c>
       <c r="B562">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C562" t="s">
         <v>16</v>
       </c>
       <c r="D562" t="s">
         <v>17</v>
       </c>
       <c r="E562" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F562" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G562" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H562" t="s">
         <v>30</v>
       </c>
       <c r="I562" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563" t="s">
         <v>10</v>
       </c>
       <c r="B563">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="C563" t="s">
         <v>16</v>
       </c>
       <c r="D563" t="s">
         <v>17</v>
       </c>
       <c r="E563" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F563" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G563" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H563" t="s">
         <v>30</v>
       </c>
       <c r="I563" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564" t="s">
         <v>11</v>
       </c>
       <c r="B564">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C564" t="s">
         <v>16</v>
       </c>
       <c r="D564" t="s">
         <v>17</v>
       </c>
       <c r="E564" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F564" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G564" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H564" t="s">
         <v>30</v>
       </c>
       <c r="I564" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" t="s">
         <v>12</v>
       </c>
       <c r="B565">
         <v>0</v>
       </c>
       <c r="C565" t="s">
         <v>16</v>
       </c>
       <c r="D565" t="s">
         <v>17</v>
       </c>
       <c r="E565" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F565" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G565" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H565" t="s">
         <v>30</v>
       </c>
       <c r="I565" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" t="s">
         <v>13</v>
       </c>
       <c r="B566">
         <v>0</v>
       </c>
       <c r="C566" t="s">
         <v>16</v>
       </c>
       <c r="D566" t="s">
         <v>17</v>
       </c>
       <c r="E566" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F566" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G566" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H566" t="s">
         <v>30</v>
       </c>
       <c r="I566" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" t="s">
         <v>14</v>
       </c>
       <c r="B567">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C567" t="s">
         <v>16</v>
       </c>
       <c r="D567" t="s">
         <v>17</v>
       </c>
       <c r="E567" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F567" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G567" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H567" t="s">
         <v>30</v>
       </c>
       <c r="I567" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568" t="s">
         <v>15</v>
       </c>
       <c r="B568">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C568" t="s">
         <v>16</v>
       </c>
       <c r="D568" t="s">
         <v>17</v>
       </c>
       <c r="E568" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F568" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G568" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H568" t="s">
         <v>30</v>
       </c>
       <c r="I568" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569" t="s">
         <v>9</v>
       </c>
       <c r="B569">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="C569" t="s">
         <v>16</v>
       </c>
       <c r="D569" t="s">
         <v>17</v>
       </c>
       <c r="E569" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F569" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G569" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H569" t="s">
         <v>30</v>
       </c>
       <c r="I569" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" t="s">
         <v>10</v>
       </c>
       <c r="B570">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C570" t="s">
         <v>16</v>
       </c>
       <c r="D570" t="s">
         <v>17</v>
       </c>
       <c r="E570" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F570" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G570" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H570" t="s">
         <v>30</v>
       </c>
       <c r="I570" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" t="s">
         <v>11</v>
       </c>
       <c r="B571">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C571" t="s">
         <v>16</v>
       </c>
       <c r="D571" t="s">
         <v>17</v>
       </c>
       <c r="E571" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F571" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G571" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H571" t="s">
         <v>30</v>
       </c>
       <c r="I571" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" t="s">
         <v>12</v>
       </c>
       <c r="B572">
         <v>2</v>
       </c>
       <c r="C572" t="s">
         <v>16</v>
       </c>
       <c r="D572" t="s">
         <v>17</v>
       </c>
       <c r="E572" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F572" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G572" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H572" t="s">
         <v>30</v>
       </c>
       <c r="I572" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" t="s">
         <v>13</v>
       </c>
       <c r="B573">
         <v>0</v>
       </c>
       <c r="C573" t="s">
         <v>16</v>
       </c>
       <c r="D573" t="s">
         <v>17</v>
       </c>
       <c r="E573" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F573" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G573" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H573" t="s">
         <v>30</v>
       </c>
       <c r="I573" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" t="s">
         <v>14</v>
       </c>
       <c r="B574">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C574" t="s">
         <v>16</v>
       </c>
       <c r="D574" t="s">
         <v>17</v>
       </c>
       <c r="E574" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F574" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G574" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H574" t="s">
         <v>30</v>
       </c>
       <c r="I574" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" t="s">
         <v>15</v>
       </c>
       <c r="B575">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C575" t="s">
         <v>16</v>
       </c>
       <c r="D575" t="s">
         <v>17</v>
       </c>
       <c r="E575" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F575" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G575" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H575" t="s">
         <v>30</v>
       </c>
       <c r="I575" s="2">
-        <v>45626</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" t="s">
         <v>9</v>
       </c>
       <c r="B576">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="C576" t="s">
         <v>16</v>
       </c>
       <c r="D576" t="s">
         <v>17</v>
       </c>
       <c r="E576" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F576" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G576" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H576" t="s">
         <v>30</v>
       </c>
       <c r="I576" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" t="s">
         <v>10</v>
       </c>
       <c r="B577">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="C577" t="s">
         <v>16</v>
       </c>
       <c r="D577" t="s">
         <v>17</v>
       </c>
       <c r="E577" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F577" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G577" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H577" t="s">
         <v>30</v>
       </c>
       <c r="I577" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" t="s">
         <v>11</v>
       </c>
       <c r="B578">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C578" t="s">
         <v>16</v>
       </c>
       <c r="D578" t="s">
         <v>17</v>
       </c>
       <c r="E578" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F578" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G578" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H578" t="s">
         <v>30</v>
       </c>
       <c r="I578" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" t="s">
         <v>12</v>
       </c>
       <c r="B579">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C579" t="s">
         <v>16</v>
       </c>
       <c r="D579" t="s">
         <v>17</v>
       </c>
       <c r="E579" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F579" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G579" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H579" t="s">
         <v>30</v>
       </c>
       <c r="I579" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" t="s">
         <v>13</v>
       </c>
       <c r="B580">
         <v>0</v>
       </c>
       <c r="C580" t="s">
         <v>16</v>
       </c>
       <c r="D580" t="s">
         <v>17</v>
       </c>
       <c r="E580" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F580" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G580" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H580" t="s">
         <v>30</v>
       </c>
       <c r="I580" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" t="s">
         <v>14</v>
       </c>
       <c r="B581">
         <v>1</v>
       </c>
       <c r="C581" t="s">
         <v>16</v>
       </c>
       <c r="D581" t="s">
         <v>17</v>
       </c>
       <c r="E581" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F581" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G581" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H581" t="s">
         <v>30</v>
       </c>
       <c r="I581" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" t="s">
         <v>15</v>
       </c>
       <c r="B582">
         <v>1</v>
       </c>
       <c r="C582" t="s">
         <v>16</v>
       </c>
       <c r="D582" t="s">
         <v>17</v>
       </c>
       <c r="E582" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F582" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G582" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H582" t="s">
         <v>30</v>
       </c>
       <c r="I582" s="2">
-        <v>45657</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" t="s">
         <v>9</v>
       </c>
       <c r="B583">
-        <v>25</v>
+        <v>132</v>
       </c>
       <c r="C583" t="s">
         <v>16</v>
       </c>
       <c r="D583" t="s">
         <v>17</v>
       </c>
       <c r="E583" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F583" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G583" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H583" t="s">
         <v>30</v>
       </c>
       <c r="I583" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" t="s">
         <v>10</v>
       </c>
       <c r="B584">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C584" t="s">
         <v>16</v>
       </c>
       <c r="D584" t="s">
         <v>17</v>
       </c>
       <c r="E584" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F584" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G584" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H584" t="s">
         <v>30</v>
       </c>
       <c r="I584" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" t="s">
         <v>11</v>
       </c>
       <c r="B585">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C585" t="s">
         <v>16</v>
       </c>
       <c r="D585" t="s">
         <v>17</v>
       </c>
       <c r="E585" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F585" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G585" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H585" t="s">
         <v>30</v>
       </c>
       <c r="I585" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" t="s">
         <v>12</v>
       </c>
       <c r="B586">
         <v>1</v>
       </c>
       <c r="C586" t="s">
         <v>16</v>
       </c>
       <c r="D586" t="s">
         <v>17</v>
       </c>
       <c r="E586" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F586" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G586" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H586" t="s">
         <v>30</v>
       </c>
       <c r="I586" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" t="s">
         <v>13</v>
       </c>
       <c r="B587">
         <v>0</v>
       </c>
       <c r="C587" t="s">
         <v>16</v>
       </c>
       <c r="D587" t="s">
         <v>17</v>
       </c>
       <c r="E587" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F587" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G587" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H587" t="s">
         <v>30</v>
       </c>
       <c r="I587" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" t="s">
         <v>14</v>
       </c>
       <c r="B588">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>16</v>
       </c>
       <c r="D588" t="s">
         <v>17</v>
       </c>
       <c r="E588" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F588" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G588" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H588" t="s">
         <v>30</v>
       </c>
       <c r="I588" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" t="s">
         <v>15</v>
       </c>
       <c r="B589">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C589" t="s">
         <v>16</v>
       </c>
       <c r="D589" t="s">
         <v>17</v>
       </c>
       <c r="E589" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F589" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G589" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H589" t="s">
         <v>30</v>
       </c>
       <c r="I589" s="2">
-        <v>45688</v>
+        <v>45657</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>