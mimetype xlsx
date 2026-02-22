--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6673" uniqueCount="956">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5005" uniqueCount="602">
   <si>
     <t>building_unit</t>
   </si>
   <si>
     <t>unit_type</t>
   </si>
   <si>
     <t>reno_mapping</t>
   </si>
   <si>
     <t>type_mapping</t>
   </si>
   <si>
     <t>br_mapping</t>
   </si>
   <si>
     <t>binary</t>
   </si>
   <si>
     <t>sqft</t>
   </si>
   <si>
     <t>raw_status</t>
   </si>
   <si>
@@ -87,74 +87,50 @@
   <si>
     <t>source</t>
   </si>
   <si>
     <t>system</t>
   </si>
   <si>
     <t>client_id</t>
   </si>
   <si>
     <t>deal_id</t>
   </si>
   <si>
     <t>file_name</t>
   </si>
   <si>
     <t>file_type</t>
   </si>
   <si>
     <t>as_of_date</t>
   </si>
   <si>
     <t>anomaly_check</t>
   </si>
   <si>
-    <t>string_lookup</t>
-[...22 lines deleted...]
-  <si>
     <t>02101</t>
   </si>
   <si>
     <t>02102</t>
   </si>
   <si>
     <t>02103</t>
   </si>
   <si>
     <t>02104</t>
   </si>
   <si>
     <t>02105</t>
   </si>
   <si>
     <t>02106</t>
   </si>
   <si>
     <t>02108</t>
   </si>
   <si>
     <t>02109</t>
   </si>
   <si>
     <t>02110</t>
@@ -1840,1088 +1816,50 @@
     <t>2150</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>sharepoint</t>
   </si>
   <si>
     <t>Manual</t>
   </si>
   <si>
     <t>GCA</t>
   </si>
   <si>
     <t>GCA1006</t>
   </si>
   <si>
     <t>sharepoint/manual_data/GCA/GCA1006/GCA__GCA1006__Manual - GCA1006 V2.xlsx</t>
   </si>
   <si>
     <t>1. Rent Roll</t>
-  </si>
-[...1036 lines deleted...]
-    <t>-0.05</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3243,57 +2181,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG333"/>
+  <dimension ref="A1:Y333"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:33">
+    <row r="1" spans="1:25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -3325,27083 +2263,19091 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:25">
+      <c r="A2" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="B2" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D2" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E2" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G2" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H2" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I2" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J2" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K2">
         <v>1760</v>
       </c>
       <c r="M2" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R2" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S2" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T2" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U2" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V2" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W2" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X2" s="2">
         <v>45777</v>
       </c>
-      <c r="Z2" t="s">
-[...24 lines deleted...]
-    <row r="3" spans="1:33">
+    </row>
+    <row r="3" spans="1:25">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D3" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E3" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G3" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H3" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I3" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J3" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="K3">
         <v>2309</v>
       </c>
       <c r="M3" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="N3" s="2">
         <v>45619</v>
       </c>
       <c r="P3" s="2">
         <v>45619</v>
       </c>
       <c r="Q3" s="2">
         <v>46009</v>
       </c>
       <c r="R3" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S3" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T3" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U3" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V3" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W3" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X3" s="2">
         <v>45777</v>
       </c>
-      <c r="Z3" t="s">
-[...24 lines deleted...]
-    <row r="4" spans="1:33">
+    </row>
+    <row r="4" spans="1:25">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D4" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E4" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G4" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H4" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I4" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J4" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K4">
         <v>1825</v>
       </c>
       <c r="M4" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R4" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S4" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T4" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U4" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V4" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W4" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X4" s="2">
         <v>45777</v>
       </c>
-      <c r="Z4" t="s">
-[...24 lines deleted...]
-    <row r="5" spans="1:33">
+    </row>
+    <row r="5" spans="1:25">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D5" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E5" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G5" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H5" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I5" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J5" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K5">
         <v>1650</v>
       </c>
       <c r="M5" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R5" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S5" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T5" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U5" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V5" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W5" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X5" s="2">
         <v>45777</v>
       </c>
-      <c r="Z5" t="s">
-[...24 lines deleted...]
-    <row r="6" spans="1:33">
+    </row>
+    <row r="6" spans="1:25">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D6" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E6" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G6" t="s">
+        <v>374</v>
+      </c>
+      <c r="H6" t="s">
         <v>382</v>
       </c>
-      <c r="H6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J6" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K6">
         <v>1825</v>
       </c>
       <c r="M6" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R6" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S6" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T6" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U6" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V6" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W6" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X6" s="2">
         <v>45777</v>
       </c>
-      <c r="Z6" t="s">
-[...24 lines deleted...]
-    <row r="7" spans="1:33">
+    </row>
+    <row r="7" spans="1:25">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
+        <v>361</v>
+      </c>
+      <c r="D7" t="s">
+        <v>361</v>
+      </c>
+      <c r="E7" t="s">
         <v>369</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H7" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I7" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J7" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="K7">
         <v>1650</v>
       </c>
       <c r="M7" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="N7" s="2">
         <v>45598</v>
       </c>
       <c r="P7" s="2">
         <v>45598</v>
       </c>
       <c r="Q7" s="2">
         <v>45995</v>
       </c>
       <c r="R7" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S7" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T7" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U7" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V7" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W7" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X7" s="2">
         <v>45777</v>
       </c>
-      <c r="Z7" t="s">
-[...24 lines deleted...]
-    <row r="8" spans="1:33">
+    </row>
+    <row r="8" spans="1:25">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D8" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E8" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G8" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H8" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I8" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J8" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K8">
         <v>1750</v>
       </c>
       <c r="M8" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R8" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S8" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T8" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U8" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V8" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W8" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X8" s="2">
         <v>45777</v>
       </c>
-      <c r="Z8" t="s">
-[...24 lines deleted...]
-    <row r="9" spans="1:33">
+    </row>
+    <row r="9" spans="1:25">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D9" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E9" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G9" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H9" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I9" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J9" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K9">
         <v>1725</v>
       </c>
       <c r="M9" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R9" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S9" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T9" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U9" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V9" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W9" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X9" s="2">
         <v>45777</v>
       </c>
-      <c r="Z9" t="s">
-[...24 lines deleted...]
-    <row r="10" spans="1:33">
+    </row>
+    <row r="10" spans="1:25">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D10" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E10" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G10" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H10" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I10" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J10" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K10">
         <v>1775</v>
       </c>
       <c r="M10" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R10" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S10" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T10" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U10" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V10" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W10" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X10" s="2">
         <v>45777</v>
       </c>
-      <c r="Z10" t="s">
-[...24 lines deleted...]
-    <row r="11" spans="1:33">
+    </row>
+    <row r="11" spans="1:25">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D11" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E11" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G11" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H11" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I11" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J11" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K11">
         <v>1760</v>
       </c>
       <c r="M11" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R11" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S11" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T11" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U11" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V11" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W11" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X11" s="2">
         <v>45777</v>
       </c>
-      <c r="Z11" t="s">
-[...24 lines deleted...]
-    <row r="12" spans="1:33">
+    </row>
+    <row r="12" spans="1:25">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D12" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E12" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G12" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H12" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I12" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J12" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="K12">
         <v>2149</v>
       </c>
       <c r="M12" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="N12" s="2">
         <v>45598</v>
       </c>
       <c r="P12" s="2">
         <v>45598</v>
       </c>
       <c r="Q12" s="2">
         <v>45995</v>
       </c>
       <c r="R12" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S12" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T12" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U12" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V12" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W12" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X12" s="2">
         <v>45777</v>
       </c>
-      <c r="Z12" t="s">
-[...24 lines deleted...]
-    <row r="13" spans="1:33">
+    </row>
+    <row r="13" spans="1:25">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D13" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E13" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G13" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H13" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I13" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J13" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K13">
         <v>1825</v>
       </c>
       <c r="M13" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R13" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S13" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T13" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U13" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V13" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W13" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X13" s="2">
         <v>45777</v>
       </c>
-      <c r="Z13" t="s">
-[...24 lines deleted...]
-    <row r="14" spans="1:33">
+    </row>
+    <row r="14" spans="1:25">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D14" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E14" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G14" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H14" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I14" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J14" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K14">
         <v>1500</v>
       </c>
       <c r="M14" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R14" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S14" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T14" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U14" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V14" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W14" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X14" s="2">
         <v>45777</v>
       </c>
-      <c r="Z14" t="s">
-[...24 lines deleted...]
-    <row r="15" spans="1:33">
+    </row>
+    <row r="15" spans="1:25">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D15" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E15" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G15" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H15" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I15" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J15" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K15">
         <v>1825</v>
       </c>
       <c r="M15" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R15" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S15" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T15" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U15" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V15" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W15" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X15" s="2">
         <v>45777</v>
       </c>
-      <c r="Z15" t="s">
-[...24 lines deleted...]
-    <row r="16" spans="1:33">
+    </row>
+    <row r="16" spans="1:25">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
+        <v>361</v>
+      </c>
+      <c r="D16" t="s">
+        <v>361</v>
+      </c>
+      <c r="E16" t="s">
         <v>369</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H16" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I16" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J16" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K16">
         <v>1500</v>
       </c>
       <c r="M16" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R16" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S16" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T16" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U16" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V16" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W16" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X16" s="2">
         <v>45777</v>
       </c>
-      <c r="Z16" t="s">
-[...24 lines deleted...]
-    <row r="17" spans="1:33">
+    </row>
+    <row r="17" spans="1:24">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D17" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E17" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G17" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H17" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I17" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J17" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K17">
         <v>1600</v>
       </c>
       <c r="M17" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R17" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S17" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T17" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U17" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V17" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W17" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X17" s="2">
         <v>45777</v>
       </c>
-      <c r="Z17" t="s">
-[...24 lines deleted...]
-    <row r="18" spans="1:33">
+    </row>
+    <row r="18" spans="1:24">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D18" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E18" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G18" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H18" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I18" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J18" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K18">
         <v>1725</v>
       </c>
       <c r="M18" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R18" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S18" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T18" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U18" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V18" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W18" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X18" s="2">
         <v>45777</v>
       </c>
-      <c r="Z18" t="s">
-[...24 lines deleted...]
-    <row r="19" spans="1:33">
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D19" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E19" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G19" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H19" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="I19" t="s">
+        <v>381</v>
+      </c>
+      <c r="J19" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="K19">
         <v>1625</v>
       </c>
       <c r="M19" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="N19" s="2">
         <v>45667</v>
       </c>
       <c r="O19" s="2">
         <v>45835</v>
       </c>
       <c r="P19" s="2">
         <v>45667</v>
       </c>
       <c r="Q19" s="2">
         <v>46065</v>
       </c>
       <c r="R19" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S19" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T19" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U19" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V19" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W19" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X19" s="2">
         <v>45777</v>
       </c>
-      <c r="Z19" t="s">
-[...24 lines deleted...]
-    <row r="20" spans="1:33">
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D20" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E20" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G20" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H20" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I20" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J20" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K20">
         <v>2149</v>
       </c>
       <c r="M20" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="N20" s="2">
         <v>45777</v>
       </c>
       <c r="P20" s="2">
         <v>45777</v>
       </c>
       <c r="Q20" s="2">
         <v>46177</v>
       </c>
       <c r="R20" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S20" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T20" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U20" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V20" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W20" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X20" s="2">
         <v>45777</v>
       </c>
-      <c r="Z20" t="s">
-[...24 lines deleted...]
-    <row r="21" spans="1:33">
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D21" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E21" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G21" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H21" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I21" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J21" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="K21">
         <v>1500</v>
       </c>
       <c r="M21" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N21" s="2">
         <v>45769</v>
       </c>
       <c r="P21" s="2">
         <v>45769</v>
       </c>
       <c r="Q21" s="2">
         <v>46198</v>
       </c>
       <c r="R21" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S21" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T21" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U21" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V21" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W21" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X21" s="2">
         <v>45777</v>
       </c>
-      <c r="Z21" t="s">
-[...24 lines deleted...]
-    <row r="22" spans="1:33">
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
+        <v>361</v>
+      </c>
+      <c r="D22" t="s">
+        <v>361</v>
+      </c>
+      <c r="E22" t="s">
         <v>369</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H22" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I22" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J22" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="K22">
         <v>1500</v>
       </c>
       <c r="M22" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N22" s="2">
         <v>45688</v>
       </c>
       <c r="P22" s="2">
         <v>45688</v>
       </c>
       <c r="Q22" s="2">
         <v>46086</v>
       </c>
       <c r="R22" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S22" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T22" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U22" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V22" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W22" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X22" s="2">
         <v>45777</v>
       </c>
-      <c r="Z22" t="s">
-[...24 lines deleted...]
-    <row r="23" spans="1:33">
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D23" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E23" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G23" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H23" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I23" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J23" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K23">
         <v>1600</v>
       </c>
       <c r="M23" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R23" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S23" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T23" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U23" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V23" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W23" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X23" s="2">
         <v>45777</v>
       </c>
-      <c r="Z23" t="s">
-[...24 lines deleted...]
-    <row r="24" spans="1:33">
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D24" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E24" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G24" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H24" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I24" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J24" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="K24">
         <v>1625</v>
       </c>
       <c r="M24" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="N24" s="2">
         <v>45623</v>
       </c>
       <c r="P24" s="2">
         <v>45623</v>
       </c>
       <c r="Q24" s="2">
         <v>45991</v>
       </c>
       <c r="R24" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S24" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T24" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U24" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V24" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W24" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X24" s="2">
         <v>45777</v>
       </c>
-      <c r="Z24" t="s">
-[...24 lines deleted...]
-    <row r="25" spans="1:33">
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D25" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E25" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G25" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H25" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I25" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J25" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="K25">
         <v>2309</v>
       </c>
       <c r="M25" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="N25" s="2">
         <v>45762</v>
       </c>
       <c r="P25" s="2">
         <v>45762</v>
       </c>
       <c r="Q25" s="2">
         <v>46156</v>
       </c>
       <c r="R25" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S25" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T25" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U25" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V25" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W25" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X25" s="2">
         <v>45777</v>
       </c>
-      <c r="Z25" t="s">
-[...24 lines deleted...]
-    <row r="26" spans="1:33">
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D26" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E26" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G26" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H26" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I26" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J26" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="K26">
         <v>1760</v>
       </c>
       <c r="M26" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="N26" s="2">
         <v>45493</v>
       </c>
       <c r="P26" s="2">
         <v>45493</v>
       </c>
       <c r="Q26" s="2">
         <v>45890</v>
       </c>
       <c r="R26" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S26" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T26" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U26" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V26" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W26" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X26" s="2">
         <v>45777</v>
       </c>
-      <c r="Z26" t="s">
-[...24 lines deleted...]
-    <row r="27" spans="1:33">
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
+        <v>361</v>
+      </c>
+      <c r="D27" t="s">
+        <v>361</v>
+      </c>
+      <c r="E27" t="s">
         <v>369</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H27" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I27" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J27" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="K27">
         <v>1660</v>
       </c>
       <c r="M27" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="N27" s="2">
         <v>45698</v>
       </c>
       <c r="P27" s="2">
         <v>45698</v>
       </c>
       <c r="Q27" s="2">
         <v>46093</v>
       </c>
       <c r="R27" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S27" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T27" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U27" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V27" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W27" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X27" s="2">
         <v>45777</v>
       </c>
-      <c r="Z27" t="s">
-[...24 lines deleted...]
-    <row r="28" spans="1:33">
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D28" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E28" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G28" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H28" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I28" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J28" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="K28">
         <v>1660</v>
       </c>
       <c r="M28" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="N28" s="2">
         <v>45514</v>
       </c>
       <c r="P28" s="2">
         <v>45514</v>
       </c>
       <c r="Q28" s="2">
         <v>45911</v>
       </c>
       <c r="R28" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S28" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T28" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U28" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V28" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W28" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X28" s="2">
         <v>45777</v>
       </c>
-      <c r="Z28" t="s">
-[...24 lines deleted...]
-    <row r="29" spans="1:33">
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="B29" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D29" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E29" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G29" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H29" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I29" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J29" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="K29">
         <v>1760</v>
       </c>
       <c r="M29" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="N29" s="2">
         <v>45514</v>
       </c>
       <c r="P29" s="2">
         <v>45514</v>
       </c>
       <c r="Q29" s="2">
         <v>45909</v>
       </c>
       <c r="R29" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S29" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T29" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U29" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V29" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W29" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X29" s="2">
         <v>45777</v>
       </c>
-      <c r="Z29" t="s">
-[...24 lines deleted...]
-    <row r="30" spans="1:33">
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="B30" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D30" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E30" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G30" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H30" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="I30" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J30" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K30">
         <v>2010</v>
       </c>
       <c r="M30" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R30" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S30" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T30" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U30" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V30" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W30" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X30" s="2">
         <v>45777</v>
       </c>
-      <c r="Z30" t="s">
-[...24 lines deleted...]
-    <row r="31" spans="1:33">
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="B31" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D31" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E31" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G31" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H31" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I31" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J31" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="K31">
         <v>2149</v>
       </c>
       <c r="M31" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="N31" s="2">
         <v>45493</v>
       </c>
       <c r="P31" s="2">
         <v>45493</v>
       </c>
       <c r="Q31" s="2">
         <v>45897</v>
       </c>
       <c r="R31" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S31" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T31" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U31" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V31" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W31" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X31" s="2">
         <v>45777</v>
       </c>
-      <c r="Z31" t="s">
-[...24 lines deleted...]
-    <row r="32" spans="1:33">
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="B32" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D32" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E32" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G32" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H32" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I32" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J32" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="K32">
         <v>1750</v>
       </c>
       <c r="M32" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="N32" s="2">
         <v>45626</v>
       </c>
       <c r="P32" s="2">
         <v>45626</v>
       </c>
       <c r="Q32" s="2">
         <v>45990</v>
       </c>
       <c r="R32" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S32" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T32" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U32" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V32" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W32" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X32" s="2">
         <v>45777</v>
       </c>
-      <c r="Z32" t="s">
-[...24 lines deleted...]
-    <row r="33" spans="1:33">
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D33" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E33" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G33" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H33" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I33" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J33" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="K33">
         <v>1600</v>
       </c>
       <c r="M33" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N33" s="2">
         <v>45493</v>
       </c>
       <c r="P33" s="2">
         <v>45493</v>
       </c>
       <c r="Q33" s="2">
         <v>45890</v>
       </c>
       <c r="R33" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S33" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T33" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U33" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V33" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W33" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X33" s="2">
         <v>45777</v>
       </c>
-      <c r="Z33" t="s">
-[...24 lines deleted...]
-    <row r="34" spans="1:33">
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="B34" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D34" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E34" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G34" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H34" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I34" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J34" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="K34">
         <v>1500</v>
       </c>
       <c r="M34" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N34" s="2">
         <v>45569</v>
       </c>
       <c r="P34" s="2">
         <v>45569</v>
       </c>
       <c r="Q34" s="2">
         <v>45967</v>
       </c>
       <c r="R34" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S34" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T34" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U34" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V34" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W34" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X34" s="2">
         <v>45777</v>
       </c>
-      <c r="Z34" t="s">
-[...24 lines deleted...]
-    <row r="35" spans="1:33">
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B35" t="s">
+        <v>361</v>
+      </c>
+      <c r="D35" t="s">
+        <v>361</v>
+      </c>
+      <c r="E35" t="s">
         <v>369</v>
       </c>
-      <c r="D35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H35" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I35" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J35" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="K35">
         <v>1500</v>
       </c>
       <c r="M35" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N35" s="2">
         <v>45553</v>
       </c>
       <c r="P35" s="2">
         <v>45553</v>
       </c>
       <c r="Q35" s="2">
         <v>45953</v>
       </c>
       <c r="R35" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S35" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T35" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U35" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V35" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W35" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X35" s="2">
         <v>45777</v>
       </c>
-      <c r="Z35" t="s">
-[...24 lines deleted...]
-    <row r="36" spans="1:33">
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="B36" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D36" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E36" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G36" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H36" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I36" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J36" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="K36">
         <v>1425</v>
       </c>
       <c r="M36" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N36" s="2">
         <v>45688</v>
       </c>
       <c r="P36" s="2">
         <v>45688</v>
       </c>
       <c r="Q36" s="2">
         <v>46142</v>
       </c>
       <c r="R36" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S36" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T36" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U36" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V36" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W36" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X36" s="2">
         <v>45777</v>
       </c>
-      <c r="Z36" t="s">
-[...24 lines deleted...]
-    <row r="37" spans="1:33">
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="B37" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D37" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E37" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G37" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I37" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J37" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="K37">
         <v>1500</v>
       </c>
       <c r="M37" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N37" s="2">
         <v>45493</v>
       </c>
       <c r="P37" s="2">
         <v>45493</v>
       </c>
       <c r="Q37" s="2">
         <v>45890</v>
       </c>
       <c r="R37" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S37" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T37" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U37" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V37" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W37" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X37" s="2">
         <v>45777</v>
       </c>
-      <c r="Z37" t="s">
-[...24 lines deleted...]
-    <row r="38" spans="1:33">
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="B38" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D38" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E38" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G38" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H38" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I38" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J38" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="K38">
         <v>1450</v>
       </c>
       <c r="M38" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="N38" s="2">
         <v>45622</v>
       </c>
       <c r="P38" s="2">
         <v>45622</v>
       </c>
       <c r="Q38" s="2">
         <v>45925</v>
       </c>
       <c r="R38" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S38" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T38" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U38" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V38" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W38" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X38" s="2">
         <v>45777</v>
       </c>
-      <c r="Z38" t="s">
-[...24 lines deleted...]
-    <row r="39" spans="1:33">
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="B39" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D39" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G39" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H39" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I39" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J39" t="s">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="K39">
         <v>1600</v>
       </c>
       <c r="M39" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="N39" s="2">
         <v>45516</v>
       </c>
       <c r="P39" s="2">
         <v>45516</v>
       </c>
       <c r="Q39" s="2">
         <v>45911</v>
       </c>
       <c r="R39" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S39" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T39" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U39" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V39" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W39" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X39" s="2">
         <v>45777</v>
       </c>
-      <c r="Z39" t="s">
-[...24 lines deleted...]
-    <row r="40" spans="1:33">
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="B40" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D40" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E40" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G40" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H40" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I40" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J40" t="s">
-        <v>416</v>
+        <v>408</v>
       </c>
       <c r="K40">
         <v>1575</v>
       </c>
       <c r="M40" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="N40" s="2">
         <v>45493</v>
       </c>
       <c r="P40" s="2">
         <v>45493</v>
       </c>
       <c r="Q40" s="2">
         <v>45890</v>
       </c>
       <c r="R40" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S40" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T40" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U40" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V40" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W40" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X40" s="2">
         <v>45777</v>
       </c>
-      <c r="Z40" t="s">
-[...24 lines deleted...]
-    <row r="41" spans="1:33">
+    </row>
+    <row r="41" spans="1:24">
       <c r="A41" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="B41" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D41" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E41" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G41" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H41" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I41" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J41" t="s">
-        <v>417</v>
+        <v>409</v>
       </c>
       <c r="K41">
         <v>1675</v>
       </c>
       <c r="M41" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N41" s="2">
         <v>45716</v>
       </c>
       <c r="P41" s="2">
         <v>45716</v>
       </c>
       <c r="Q41" s="2">
         <v>46114</v>
       </c>
       <c r="R41" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S41" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T41" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U41" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V41" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W41" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X41" s="2">
         <v>45777</v>
       </c>
-      <c r="Z41" t="s">
-[...24 lines deleted...]
-    <row r="42" spans="1:33">
+    </row>
+    <row r="42" spans="1:24">
       <c r="A42" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B42" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D42" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E42" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G42" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H42" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I42" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J42" t="s">
-        <v>418</v>
+        <v>410</v>
       </c>
       <c r="K42">
         <v>1725</v>
       </c>
       <c r="M42" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N42" s="2">
         <v>45562</v>
       </c>
       <c r="P42" s="2">
         <v>45562</v>
       </c>
       <c r="Q42" s="2">
         <v>45960</v>
       </c>
       <c r="R42" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S42" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T42" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U42" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V42" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W42" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X42" s="2">
         <v>45777</v>
       </c>
-      <c r="Z42" t="s">
-[...24 lines deleted...]
-    <row r="43" spans="1:33">
+    </row>
+    <row r="43" spans="1:24">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="B43" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D43" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E43" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G43" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H43" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I43" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J43" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="K43">
         <v>2149</v>
       </c>
       <c r="M43" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="N43" s="2">
         <v>45493</v>
       </c>
       <c r="P43" s="2">
         <v>45493</v>
       </c>
       <c r="Q43" s="2">
         <v>45953</v>
       </c>
       <c r="R43" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S43" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T43" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U43" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V43" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W43" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X43" s="2">
         <v>45777</v>
       </c>
-      <c r="Z43" t="s">
-[...24 lines deleted...]
-    <row r="44" spans="1:33">
+    </row>
+    <row r="44" spans="1:24">
       <c r="A44" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="B44" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D44" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E44" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G44" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H44" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I44" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J44" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="K44">
         <v>1825</v>
       </c>
       <c r="M44" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N44" s="2">
         <v>45503</v>
       </c>
       <c r="P44" s="2">
         <v>45503</v>
       </c>
       <c r="Q44" s="2">
         <v>45932</v>
       </c>
       <c r="R44" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S44" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T44" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U44" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V44" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W44" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X44" s="2">
         <v>45777</v>
       </c>
-      <c r="Z44" t="s">
-[...24 lines deleted...]
-    <row r="45" spans="1:33">
+    </row>
+    <row r="45" spans="1:24">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B45" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D45" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E45" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G45" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H45" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I45" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J45" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K45">
         <v>1600</v>
       </c>
       <c r="M45" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R45" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S45" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T45" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U45" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V45" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W45" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X45" s="2">
         <v>45777</v>
       </c>
-      <c r="Z45" t="s">
-[...24 lines deleted...]
-    <row r="46" spans="1:33">
+    </row>
+    <row r="46" spans="1:24">
       <c r="A46" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="B46" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D46" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E46" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G46" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H46" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I46" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J46" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K46">
         <v>1425</v>
       </c>
       <c r="M46" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R46" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S46" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T46" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U46" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V46" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W46" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X46" s="2">
         <v>45777</v>
       </c>
-      <c r="Z46" t="s">
-[...24 lines deleted...]
-    <row r="47" spans="1:33">
+    </row>
+    <row r="47" spans="1:24">
       <c r="A47" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
+        <v>361</v>
+      </c>
+      <c r="D47" t="s">
+        <v>361</v>
+      </c>
+      <c r="E47" t="s">
         <v>369</v>
       </c>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H47" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I47" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J47" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="K47">
         <v>1500</v>
       </c>
       <c r="M47" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N47" s="2">
         <v>45534</v>
       </c>
       <c r="P47" s="2">
         <v>45534</v>
       </c>
       <c r="Q47" s="2">
         <v>45932</v>
       </c>
       <c r="R47" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S47" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T47" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U47" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V47" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W47" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X47" s="2">
         <v>45777</v>
       </c>
-      <c r="Z47" t="s">
-[...24 lines deleted...]
-    <row r="48" spans="1:33">
+    </row>
+    <row r="48" spans="1:24">
       <c r="A48" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B48" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D48" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E48" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G48" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H48" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I48" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J48" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="K48">
         <v>1425</v>
       </c>
       <c r="M48" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N48" s="2">
         <v>45694</v>
       </c>
       <c r="P48" s="2">
         <v>45694</v>
       </c>
       <c r="Q48" s="2">
         <v>46149</v>
       </c>
       <c r="R48" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S48" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T48" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U48" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V48" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W48" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X48" s="2">
         <v>45777</v>
       </c>
-      <c r="Z48" t="s">
-[...24 lines deleted...]
-    <row r="49" spans="1:33">
+    </row>
+    <row r="49" spans="1:24">
       <c r="A49" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="B49" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D49" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E49" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G49" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H49" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I49" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J49" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="K49">
         <v>1500</v>
       </c>
       <c r="M49" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="N49" s="2">
         <v>45580</v>
       </c>
       <c r="P49" s="2">
         <v>45580</v>
       </c>
       <c r="Q49" s="2">
         <v>45975</v>
       </c>
       <c r="R49" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S49" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T49" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U49" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V49" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W49" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X49" s="2">
         <v>45777</v>
       </c>
-      <c r="Z49" t="s">
-[...24 lines deleted...]
-    <row r="50" spans="1:33">
+    </row>
+    <row r="50" spans="1:24">
       <c r="A50" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B50" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D50" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E50" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G50" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H50" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I50" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J50" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="K50">
         <v>1425</v>
       </c>
       <c r="M50" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N50" s="2">
         <v>45661</v>
       </c>
       <c r="P50" s="2">
         <v>45661</v>
       </c>
       <c r="Q50" s="2">
         <v>46114</v>
       </c>
       <c r="R50" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S50" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T50" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U50" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V50" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W50" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X50" s="2">
         <v>45777</v>
       </c>
-      <c r="Z50" t="s">
-[...24 lines deleted...]
-    <row r="51" spans="1:33">
+    </row>
+    <row r="51" spans="1:24">
       <c r="A51" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="B51" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D51" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E51" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G51" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H51" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I51" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J51" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K51">
         <v>1600</v>
       </c>
       <c r="M51" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R51" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S51" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T51" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U51" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V51" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W51" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X51" s="2">
         <v>45777</v>
       </c>
-      <c r="Z51" t="s">
-[...24 lines deleted...]
-    <row r="52" spans="1:33">
+    </row>
+    <row r="52" spans="1:24">
       <c r="A52" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="B52" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D52" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E52" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G52" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H52" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I52" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J52" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K52">
         <v>1575</v>
       </c>
       <c r="M52" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R52" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S52" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T52" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U52" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V52" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W52" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X52" s="2">
         <v>45777</v>
       </c>
-      <c r="Z52" t="s">
-[...24 lines deleted...]
-    <row r="53" spans="1:33">
+    </row>
+    <row r="53" spans="1:24">
       <c r="A53" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="B53" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D53" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E53" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G53" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H53" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I53" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J53" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="K53">
         <v>1850</v>
       </c>
       <c r="M53" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="N53" s="2">
         <v>45596</v>
       </c>
       <c r="P53" s="2">
         <v>45596</v>
       </c>
       <c r="Q53" s="2">
         <v>46009</v>
       </c>
       <c r="R53" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S53" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T53" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U53" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V53" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W53" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X53" s="2">
         <v>45777</v>
       </c>
-      <c r="Z53" t="s">
-[...24 lines deleted...]
-    <row r="54" spans="1:33">
+    </row>
+    <row r="54" spans="1:24">
       <c r="A54" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="B54" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D54" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E54" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G54" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H54" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I54" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J54" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="K54">
         <v>1575</v>
       </c>
       <c r="M54" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="N54" s="2">
         <v>45578</v>
       </c>
       <c r="P54" s="2">
         <v>45578</v>
       </c>
       <c r="Q54" s="2">
         <v>45946</v>
       </c>
       <c r="R54" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S54" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T54" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U54" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V54" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W54" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X54" s="2">
         <v>45777</v>
       </c>
-      <c r="Z54" t="s">
-[...24 lines deleted...]
-    <row r="55" spans="1:33">
+    </row>
+    <row r="55" spans="1:24">
       <c r="A55" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="B55" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D55" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E55" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G55" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H55" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I55" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J55" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="K55">
         <v>2734</v>
       </c>
       <c r="M55" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="N55" s="2">
         <v>45711</v>
       </c>
       <c r="P55" s="2">
         <v>45711</v>
       </c>
       <c r="Q55" s="2">
         <v>46107</v>
       </c>
       <c r="R55" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S55" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T55" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U55" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V55" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W55" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X55" s="2">
         <v>45777</v>
       </c>
-      <c r="Z55" t="s">
-[...24 lines deleted...]
-    <row r="56" spans="1:33">
+    </row>
+    <row r="56" spans="1:24">
       <c r="A56" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="B56" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D56" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E56" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G56" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H56" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I56" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J56" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="K56">
         <v>2010</v>
       </c>
       <c r="M56" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="N56" s="2">
         <v>45730</v>
       </c>
       <c r="P56" s="2">
         <v>45730</v>
       </c>
       <c r="Q56" s="2">
         <v>46191</v>
       </c>
       <c r="R56" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S56" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T56" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U56" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V56" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W56" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X56" s="2">
         <v>45777</v>
       </c>
-      <c r="Z56" t="s">
-[...24 lines deleted...]
-    <row r="57" spans="1:33">
+    </row>
+    <row r="57" spans="1:24">
       <c r="A57" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="B57" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D57" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E57" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G57" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H57" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I57" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J57" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="K57">
         <v>1359</v>
       </c>
       <c r="M57" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="N57" s="2">
         <v>45757</v>
       </c>
       <c r="P57" s="2">
         <v>45757</v>
       </c>
       <c r="Q57" s="2">
         <v>46212</v>
       </c>
       <c r="R57" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S57" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T57" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U57" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V57" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W57" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X57" s="2">
         <v>45777</v>
       </c>
-      <c r="Z57" t="s">
-[...24 lines deleted...]
-    <row r="58" spans="1:33">
+    </row>
+    <row r="58" spans="1:24">
       <c r="A58" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="B58" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D58" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E58" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G58" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H58" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I58" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J58" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K58">
         <v>1359</v>
       </c>
       <c r="M58" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R58" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S58" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T58" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U58" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V58" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W58" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X58" s="2">
         <v>45777</v>
       </c>
-      <c r="Z58" t="s">
-[...24 lines deleted...]
-    <row r="59" spans="1:33">
+    </row>
+    <row r="59" spans="1:24">
       <c r="A59" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B59" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D59" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E59" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G59" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H59" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I59" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J59" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K59">
         <v>1359</v>
       </c>
       <c r="M59" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R59" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S59" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T59" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U59" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V59" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W59" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X59" s="2">
         <v>45777</v>
       </c>
-      <c r="Z59" t="s">
-[...24 lines deleted...]
-    <row r="60" spans="1:33">
+    </row>
+    <row r="60" spans="1:24">
       <c r="A60" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="B60" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D60" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E60" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G60" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H60" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I60" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J60" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K60">
         <v>1660</v>
       </c>
       <c r="M60" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R60" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S60" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T60" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U60" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V60" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W60" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X60" s="2">
         <v>45777</v>
       </c>
-      <c r="Z60" t="s">
-[...24 lines deleted...]
-    <row r="61" spans="1:33">
+    </row>
+    <row r="61" spans="1:24">
       <c r="A61" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="B61" t="s">
+        <v>361</v>
+      </c>
+      <c r="D61" t="s">
+        <v>361</v>
+      </c>
+      <c r="E61" t="s">
         <v>369</v>
       </c>
-      <c r="D61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H61" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I61" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J61" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="K61">
         <v>1660</v>
       </c>
       <c r="M61" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="N61" s="2">
         <v>45768</v>
       </c>
       <c r="P61" s="2">
         <v>45768</v>
       </c>
       <c r="Q61" s="2">
         <v>46205</v>
       </c>
       <c r="R61" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S61" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T61" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U61" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V61" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W61" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X61" s="2">
         <v>45777</v>
       </c>
-      <c r="Z61" t="s">
-[...24 lines deleted...]
-    <row r="62" spans="1:33">
+    </row>
+    <row r="62" spans="1:24">
       <c r="A62" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D62" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E62" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G62" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H62" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I62" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J62" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="K62">
         <v>1885</v>
       </c>
       <c r="M62" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="N62" s="2">
         <v>45646</v>
       </c>
       <c r="P62" s="2">
         <v>45646</v>
       </c>
       <c r="Q62" s="2">
         <v>46044</v>
       </c>
       <c r="R62" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S62" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T62" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U62" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V62" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W62" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X62" s="2">
         <v>45777</v>
       </c>
-      <c r="Z62" t="s">
-[...24 lines deleted...]
-    <row r="63" spans="1:33">
+    </row>
+    <row r="63" spans="1:24">
       <c r="A63" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="B63" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D63" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E63" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G63" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H63" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I63" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J63" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="K63">
         <v>2219</v>
       </c>
       <c r="M63" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="N63" s="2">
         <v>45638</v>
       </c>
       <c r="P63" s="2">
         <v>45638</v>
       </c>
       <c r="Q63" s="2">
         <v>46044</v>
       </c>
       <c r="R63" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S63" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T63" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U63" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V63" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W63" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X63" s="2">
         <v>45777</v>
       </c>
-      <c r="Z63" t="s">
-[...24 lines deleted...]
-    <row r="64" spans="1:33">
+    </row>
+    <row r="64" spans="1:24">
       <c r="A64" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="B64" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D64" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E64" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G64" t="s">
+        <v>377</v>
+      </c>
+      <c r="H64" t="s">
+        <v>380</v>
+      </c>
+      <c r="I64" t="s">
+        <v>380</v>
+      </c>
+      <c r="J64" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K64">
         <v>2549</v>
       </c>
       <c r="M64" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R64" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S64" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T64" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U64" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V64" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W64" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X64" s="2">
         <v>45777</v>
       </c>
-      <c r="Z64" t="s">
-[...24 lines deleted...]
-    <row r="65" spans="1:33">
+    </row>
+    <row r="65" spans="1:24">
       <c r="A65" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B65" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D65" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E65" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G65" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H65" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I65" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J65" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="K65">
         <v>1725</v>
       </c>
       <c r="M65" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N65" s="2">
         <v>45777</v>
       </c>
       <c r="P65" s="2">
         <v>45777</v>
       </c>
       <c r="Q65" s="2">
         <v>46177</v>
       </c>
       <c r="R65" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S65" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T65" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U65" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V65" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W65" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X65" s="2">
         <v>45777</v>
       </c>
-      <c r="Z65" t="s">
-[...24 lines deleted...]
-    <row r="66" spans="1:33">
+    </row>
+    <row r="66" spans="1:24">
       <c r="A66" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B66" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D66" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E66" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G66" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H66" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I66" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J66" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K66">
         <v>1825</v>
       </c>
       <c r="M66" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R66" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S66" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T66" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U66" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V66" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W66" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X66" s="2">
         <v>45777</v>
       </c>
-      <c r="Z66" t="s">
-[...24 lines deleted...]
-    <row r="67" spans="1:33">
+    </row>
+    <row r="67" spans="1:24">
       <c r="A67" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="B67" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D67" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E67" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G67" t="s">
+        <v>374</v>
+      </c>
+      <c r="H67" t="s">
         <v>382</v>
       </c>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I67" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J67" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K67">
         <v>1825</v>
       </c>
       <c r="M67" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R67" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S67" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T67" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U67" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V67" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W67" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X67" s="2">
         <v>45777</v>
       </c>
-      <c r="Z67" t="s">
-[...24 lines deleted...]
-    <row r="68" spans="1:33">
+    </row>
+    <row r="68" spans="1:24">
       <c r="A68" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="B68" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D68" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E68" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G68" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H68" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I68" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J68" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="K68">
         <v>1299</v>
       </c>
       <c r="M68" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N68" s="2">
         <v>45688</v>
       </c>
       <c r="P68" s="2">
         <v>45688</v>
       </c>
       <c r="Q68" s="2">
         <v>46079</v>
       </c>
       <c r="R68" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S68" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T68" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U68" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V68" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W68" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X68" s="2">
         <v>45777</v>
       </c>
-      <c r="Z68" t="s">
-[...24 lines deleted...]
-    <row r="69" spans="1:33">
+    </row>
+    <row r="69" spans="1:24">
       <c r="A69" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B69" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D69" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E69" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G69" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H69" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I69" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J69" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K69">
         <v>1549</v>
       </c>
       <c r="M69" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R69" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S69" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T69" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U69" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V69" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W69" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X69" s="2">
         <v>45777</v>
       </c>
-      <c r="Z69" t="s">
-[...24 lines deleted...]
-    <row r="70" spans="1:33">
+    </row>
+    <row r="70" spans="1:24">
       <c r="A70" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B70" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D70" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E70" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G70" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H70" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I70" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J70" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="K70">
         <v>1299</v>
       </c>
       <c r="M70" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N70" s="2">
         <v>45775</v>
       </c>
       <c r="P70" s="2">
         <v>45775</v>
       </c>
       <c r="Q70" s="2">
         <v>46170</v>
       </c>
       <c r="R70" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S70" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T70" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U70" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V70" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W70" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X70" s="2">
         <v>45777</v>
       </c>
-      <c r="Z70" t="s">
-[...24 lines deleted...]
-    <row r="71" spans="1:33">
+    </row>
+    <row r="71" spans="1:24">
       <c r="A71" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B71" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D71" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E71" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G71" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H71" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I71" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J71" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K71">
         <v>1549</v>
       </c>
       <c r="M71" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R71" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S71" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T71" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U71" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V71" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W71" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X71" s="2">
         <v>45777</v>
       </c>
-      <c r="Z71" t="s">
-[...24 lines deleted...]
-    <row r="72" spans="1:33">
+    </row>
+    <row r="72" spans="1:24">
       <c r="A72" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B72" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D72" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E72" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G72" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H72" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I72" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J72" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="K72">
         <v>1299</v>
       </c>
       <c r="M72" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N72" s="2">
         <v>45688</v>
       </c>
       <c r="P72" s="2">
         <v>45688</v>
       </c>
       <c r="Q72" s="2">
         <v>46079</v>
       </c>
       <c r="R72" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S72" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T72" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U72" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V72" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W72" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X72" s="2">
         <v>45777</v>
       </c>
-      <c r="Z72" t="s">
-[...24 lines deleted...]
-    <row r="73" spans="1:33">
+    </row>
+    <row r="73" spans="1:24">
       <c r="A73" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="B73" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D73" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E73" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G73" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H73" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I73" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J73" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K73">
         <v>1575</v>
       </c>
       <c r="M73" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R73" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S73" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T73" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U73" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V73" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W73" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X73" s="2">
         <v>45777</v>
       </c>
-      <c r="Z73" t="s">
-[...24 lines deleted...]
-    <row r="74" spans="1:33">
+    </row>
+    <row r="74" spans="1:24">
       <c r="A74" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="B74" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D74" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E74" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G74" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H74" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I74" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J74" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K74">
         <v>1475</v>
       </c>
       <c r="M74" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R74" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S74" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T74" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U74" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V74" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W74" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X74" s="2">
         <v>45777</v>
       </c>
-      <c r="Z74" t="s">
-[...24 lines deleted...]
-    <row r="75" spans="1:33">
+    </row>
+    <row r="75" spans="1:24">
       <c r="A75" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="B75" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D75" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E75" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G75" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H75" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I75" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J75" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="K75">
         <v>1575</v>
       </c>
       <c r="M75" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="N75" s="2">
         <v>45777</v>
       </c>
       <c r="P75" s="2">
         <v>45777</v>
       </c>
       <c r="Q75" s="2">
         <v>46205</v>
       </c>
       <c r="R75" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S75" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T75" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U75" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V75" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W75" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X75" s="2">
         <v>45777</v>
       </c>
-      <c r="Z75" t="s">
-[...24 lines deleted...]
-    <row r="76" spans="1:33">
+    </row>
+    <row r="76" spans="1:24">
       <c r="A76" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B76" t="s">
+        <v>361</v>
+      </c>
+      <c r="D76" t="s">
+        <v>361</v>
+      </c>
+      <c r="E76" t="s">
         <v>369</v>
       </c>
-      <c r="D76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G76" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H76" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I76" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J76" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K76">
         <v>1475</v>
       </c>
       <c r="M76" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R76" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S76" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T76" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U76" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V76" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W76" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X76" s="2">
         <v>45777</v>
       </c>
-      <c r="Z76" t="s">
-[...24 lines deleted...]
-    <row r="77" spans="1:33">
+    </row>
+    <row r="77" spans="1:24">
       <c r="A77" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="B77" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D77" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E77" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G77" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H77" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I77" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J77" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="K77">
         <v>1549</v>
       </c>
       <c r="M77" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="N77" s="2">
         <v>45705</v>
       </c>
       <c r="P77" s="2">
         <v>45705</v>
       </c>
       <c r="Q77" s="2">
         <v>46107</v>
       </c>
       <c r="R77" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S77" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T77" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U77" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V77" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W77" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X77" s="2">
         <v>45777</v>
       </c>
-      <c r="Z77" t="s">
-[...24 lines deleted...]
-    <row r="78" spans="1:33">
+    </row>
+    <row r="78" spans="1:24">
       <c r="A78" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="B78" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D78" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E78" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G78" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H78" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I78" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J78" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K78">
         <v>1825</v>
       </c>
       <c r="M78" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R78" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S78" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T78" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U78" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V78" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W78" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X78" s="2">
         <v>45777</v>
       </c>
-      <c r="Z78" t="s">
-[...24 lines deleted...]
-    <row r="79" spans="1:33">
+    </row>
+    <row r="79" spans="1:24">
       <c r="A79" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B79" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D79" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E79" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G79" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H79" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I79" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J79" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K79">
         <v>1549</v>
       </c>
       <c r="M79" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R79" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S79" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T79" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U79" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V79" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W79" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X79" s="2">
         <v>45777</v>
       </c>
-      <c r="Z79" t="s">
-[...24 lines deleted...]
-    <row r="80" spans="1:33">
+    </row>
+    <row r="80" spans="1:24">
       <c r="A80" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="B80" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D80" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E80" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G80" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H80" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I80" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J80" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="K80">
         <v>2159</v>
       </c>
       <c r="M80" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="N80" s="2">
         <v>45633</v>
       </c>
       <c r="P80" s="2">
         <v>45633</v>
       </c>
       <c r="Q80" s="2">
         <v>46037</v>
       </c>
       <c r="R80" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S80" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T80" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U80" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V80" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W80" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X80" s="2">
         <v>45777</v>
       </c>
-      <c r="Z80" t="s">
-[...24 lines deleted...]
-    <row r="81" spans="1:33">
+    </row>
+    <row r="81" spans="1:24">
       <c r="A81" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="B81" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D81" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E81" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G81" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H81" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I81" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J81" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K81">
         <v>1860</v>
       </c>
       <c r="M81" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R81" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S81" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T81" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U81" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V81" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W81" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X81" s="2">
         <v>45777</v>
       </c>
-      <c r="Z81" t="s">
-[...24 lines deleted...]
-    <row r="82" spans="1:33">
+    </row>
+    <row r="82" spans="1:24">
       <c r="A82" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="B82" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D82" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E82" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G82" t="s">
+        <v>377</v>
+      </c>
+      <c r="H82" t="s">
+        <v>380</v>
+      </c>
+      <c r="I82" t="s">
+        <v>380</v>
+      </c>
+      <c r="J82" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K82">
         <v>2549</v>
       </c>
       <c r="M82" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R82" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S82" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T82" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U82" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V82" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W82" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X82" s="2">
         <v>45777</v>
       </c>
-      <c r="Z82" t="s">
-[...24 lines deleted...]
-    <row r="83" spans="1:33">
+    </row>
+    <row r="83" spans="1:24">
       <c r="A83" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="B83" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D83" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E83" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G83" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H83" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I83" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J83" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K83">
         <v>1725</v>
       </c>
       <c r="M83" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R83" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S83" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T83" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U83" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V83" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W83" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X83" s="2">
         <v>45777</v>
       </c>
-      <c r="Z83" t="s">
-[...24 lines deleted...]
-    <row r="84" spans="1:33">
+    </row>
+    <row r="84" spans="1:24">
       <c r="A84" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="B84" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D84" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E84" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G84" t="s">
+        <v>374</v>
+      </c>
+      <c r="H84" t="s">
         <v>382</v>
       </c>
-      <c r="H84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I84" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J84" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K84">
         <v>1675</v>
       </c>
       <c r="M84" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R84" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S84" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T84" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U84" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V84" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W84" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X84" s="2">
         <v>45777</v>
       </c>
-      <c r="Z84" t="s">
-[...24 lines deleted...]
-    <row r="85" spans="1:33">
+    </row>
+    <row r="85" spans="1:24">
       <c r="A85" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="B85" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D85" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E85" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G85" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H85" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I85" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J85" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K85">
         <v>1825</v>
       </c>
       <c r="M85" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R85" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S85" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T85" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U85" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V85" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W85" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X85" s="2">
         <v>45777</v>
       </c>
-      <c r="Z85" t="s">
-[...24 lines deleted...]
-    <row r="86" spans="1:33">
+    </row>
+    <row r="86" spans="1:24">
       <c r="A86" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="B86" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D86" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E86" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G86" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H86" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I86" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J86" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="K86">
         <v>1299</v>
       </c>
       <c r="M86" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N86" s="2">
         <v>45703</v>
       </c>
       <c r="P86" s="2">
         <v>45703</v>
       </c>
       <c r="Q86" s="2">
         <v>46156</v>
       </c>
       <c r="R86" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S86" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T86" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U86" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V86" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W86" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X86" s="2">
         <v>45777</v>
       </c>
-      <c r="Z86" t="s">
-[...24 lines deleted...]
-    <row r="87" spans="1:33">
+    </row>
+    <row r="87" spans="1:24">
       <c r="A87" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="B87" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D87" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E87" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G87" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H87" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I87" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J87" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K87">
         <v>1549</v>
       </c>
       <c r="M87" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R87" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S87" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T87" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U87" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V87" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W87" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X87" s="2">
         <v>45777</v>
       </c>
-      <c r="Z87" t="s">
-[...24 lines deleted...]
-    <row r="88" spans="1:33">
+    </row>
+    <row r="88" spans="1:24">
       <c r="A88" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B88" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D88" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E88" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G88" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H88" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I88" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J88" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="K88">
         <v>1299</v>
       </c>
       <c r="M88" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N88" s="2">
         <v>45639</v>
       </c>
       <c r="P88" s="2">
         <v>45639</v>
       </c>
       <c r="Q88" s="2">
         <v>46037</v>
       </c>
       <c r="R88" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S88" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T88" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U88" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V88" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W88" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X88" s="2">
         <v>45777</v>
       </c>
-      <c r="Z88" t="s">
-[...24 lines deleted...]
-    <row r="89" spans="1:33">
+    </row>
+    <row r="89" spans="1:24">
       <c r="A89" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="B89" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D89" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E89" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G89" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H89" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I89" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J89" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K89">
         <v>1549</v>
       </c>
       <c r="M89" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R89" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S89" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T89" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U89" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V89" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W89" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X89" s="2">
         <v>45777</v>
       </c>
-      <c r="Z89" t="s">
-[...24 lines deleted...]
-    <row r="90" spans="1:33">
+    </row>
+    <row r="90" spans="1:24">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="B90" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D90" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E90" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G90" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H90" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I90" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J90" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="K90">
         <v>1299</v>
       </c>
       <c r="M90" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N90" s="2">
         <v>45707</v>
       </c>
       <c r="P90" s="2">
         <v>45707</v>
       </c>
       <c r="Q90" s="2">
         <v>46079</v>
       </c>
       <c r="R90" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S90" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T90" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U90" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V90" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W90" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X90" s="2">
         <v>45777</v>
       </c>
-      <c r="Z90" t="s">
-[...24 lines deleted...]
-    <row r="91" spans="1:33">
+    </row>
+    <row r="91" spans="1:24">
       <c r="A91" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B91" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D91" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E91" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G91" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H91" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I91" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J91" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K91">
         <v>1575</v>
       </c>
       <c r="M91" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R91" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S91" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T91" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U91" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V91" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W91" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X91" s="2">
         <v>45777</v>
       </c>
-      <c r="Z91" t="s">
-[...24 lines deleted...]
-    <row r="92" spans="1:33">
+    </row>
+    <row r="92" spans="1:24">
       <c r="A92" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="B92" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D92" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E92" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G92" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H92" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I92" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J92" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K92">
         <v>1475</v>
       </c>
       <c r="M92" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R92" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S92" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T92" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U92" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V92" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W92" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X92" s="2">
         <v>45777</v>
       </c>
-      <c r="Z92" t="s">
-[...24 lines deleted...]
-    <row r="93" spans="1:33">
+    </row>
+    <row r="93" spans="1:24">
       <c r="A93" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B93" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D93" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E93" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G93" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H93" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I93" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J93" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K93">
         <v>1575</v>
       </c>
       <c r="M93" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R93" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S93" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T93" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U93" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V93" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W93" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X93" s="2">
         <v>45777</v>
       </c>
-      <c r="Z93" t="s">
-[...24 lines deleted...]
-    <row r="94" spans="1:33">
+    </row>
+    <row r="94" spans="1:24">
       <c r="A94" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B94" t="s">
+        <v>361</v>
+      </c>
+      <c r="D94" t="s">
+        <v>361</v>
+      </c>
+      <c r="E94" t="s">
         <v>369</v>
       </c>
-      <c r="D94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H94" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I94" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J94" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K94">
         <v>1475</v>
       </c>
       <c r="M94" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R94" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S94" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T94" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U94" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V94" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W94" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X94" s="2">
         <v>45777</v>
       </c>
-      <c r="Z94" t="s">
-[...24 lines deleted...]
-    <row r="95" spans="1:33">
+    </row>
+    <row r="95" spans="1:24">
       <c r="A95" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="B95" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D95" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E95" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G95" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H95" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I95" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J95" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K95">
         <v>1549</v>
       </c>
       <c r="M95" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R95" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S95" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T95" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U95" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V95" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W95" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X95" s="2">
         <v>45777</v>
       </c>
-      <c r="Z95" t="s">
-[...24 lines deleted...]
-    <row r="96" spans="1:33">
+    </row>
+    <row r="96" spans="1:24">
       <c r="A96" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B96" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D96" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E96" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G96" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H96" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I96" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J96" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K96">
         <v>1825</v>
       </c>
       <c r="M96" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R96" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S96" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T96" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U96" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V96" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W96" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X96" s="2">
         <v>45777</v>
       </c>
-      <c r="Z96" t="s">
-[...24 lines deleted...]
-    <row r="97" spans="1:33">
+    </row>
+    <row r="97" spans="1:24">
       <c r="A97" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="B97" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D97" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E97" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G97" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H97" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I97" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J97" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K97">
         <v>1549</v>
       </c>
       <c r="M97" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R97" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S97" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T97" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U97" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V97" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W97" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X97" s="2">
         <v>45777</v>
       </c>
-      <c r="Z97" t="s">
-[...24 lines deleted...]
-    <row r="98" spans="1:33">
+    </row>
+    <row r="98" spans="1:24">
       <c r="A98" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="B98" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D98" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E98" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G98" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H98" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I98" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J98" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="K98">
         <v>2159</v>
       </c>
       <c r="M98" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="N98" s="2">
         <v>45655</v>
       </c>
       <c r="P98" s="2">
         <v>45655</v>
       </c>
       <c r="Q98" s="2">
         <v>46051</v>
       </c>
       <c r="R98" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S98" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T98" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U98" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V98" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W98" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X98" s="2">
         <v>45777</v>
       </c>
-      <c r="Z98" t="s">
-[...24 lines deleted...]
-    <row r="99" spans="1:33">
+    </row>
+    <row r="99" spans="1:24">
       <c r="A99" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="B99" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D99" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E99" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G99" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H99" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I99" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J99" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K99">
         <v>1860</v>
       </c>
       <c r="M99" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R99" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S99" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T99" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U99" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V99" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W99" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X99" s="2">
         <v>45777</v>
       </c>
-      <c r="Z99" t="s">
-[...24 lines deleted...]
-    <row r="100" spans="1:33">
+    </row>
+    <row r="100" spans="1:24">
       <c r="A100" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B100" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D100" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E100" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G100" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H100" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I100" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J100" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="K100">
         <v>2194</v>
       </c>
       <c r="M100" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="N100" s="2">
         <v>45672</v>
       </c>
       <c r="P100" s="2">
         <v>45672</v>
       </c>
       <c r="Q100" s="2">
         <v>46072</v>
       </c>
       <c r="R100" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S100" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T100" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U100" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V100" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W100" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X100" s="2">
         <v>45777</v>
       </c>
-      <c r="Z100" t="s">
-[...24 lines deleted...]
-    <row r="101" spans="1:33">
+    </row>
+    <row r="101" spans="1:24">
       <c r="A101" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="B101" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D101" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E101" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G101" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H101" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I101" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J101" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K101">
         <v>1760</v>
       </c>
       <c r="M101" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R101" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S101" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T101" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U101" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V101" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W101" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X101" s="2">
         <v>45777</v>
       </c>
-      <c r="Z101" t="s">
-[...24 lines deleted...]
-    <row r="102" spans="1:33">
+    </row>
+    <row r="102" spans="1:24">
       <c r="A102" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B102" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D102" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E102" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G102" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H102" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I102" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J102" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="K102">
         <v>1609</v>
       </c>
       <c r="M102" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="N102" s="2">
         <v>45672</v>
       </c>
       <c r="P102" s="2">
         <v>45672</v>
       </c>
       <c r="Q102" s="2">
         <v>46072</v>
       </c>
       <c r="R102" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S102" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T102" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U102" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V102" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W102" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X102" s="2">
         <v>45777</v>
       </c>
-      <c r="Z102" t="s">
-[...24 lines deleted...]
-    <row r="103" spans="1:33">
+    </row>
+    <row r="103" spans="1:24">
       <c r="A103" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B103" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D103" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E103" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G103" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H103" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I103" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J103" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="K103">
         <v>1860</v>
       </c>
       <c r="M103" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="N103" s="2">
         <v>45646</v>
       </c>
       <c r="P103" s="2">
         <v>45646</v>
       </c>
       <c r="Q103" s="2">
         <v>46041</v>
       </c>
       <c r="R103" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S103" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T103" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U103" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V103" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W103" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X103" s="2">
         <v>45777</v>
       </c>
-      <c r="Z103" t="s">
-[...24 lines deleted...]
-    <row r="104" spans="1:33">
+    </row>
+    <row r="104" spans="1:24">
       <c r="A104" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="B104" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D104" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E104" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G104" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H104" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I104" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J104" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="K104">
         <v>1535</v>
       </c>
       <c r="M104" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="N104" s="2">
         <v>45716</v>
       </c>
       <c r="P104" s="2">
         <v>45716</v>
       </c>
       <c r="Q104" s="2">
         <v>46114</v>
       </c>
       <c r="R104" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S104" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T104" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U104" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V104" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W104" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X104" s="2">
         <v>45777</v>
       </c>
-      <c r="Z104" t="s">
-[...24 lines deleted...]
-    <row r="105" spans="1:33">
+    </row>
+    <row r="105" spans="1:24">
       <c r="A105" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="B105" t="s">
+        <v>361</v>
+      </c>
+      <c r="D105" t="s">
+        <v>361</v>
+      </c>
+      <c r="E105" t="s">
         <v>369</v>
       </c>
-      <c r="D105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G105" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H105" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I105" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J105" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="K105">
         <v>1535</v>
       </c>
       <c r="M105" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="N105" s="2">
         <v>45756</v>
       </c>
       <c r="P105" s="2">
         <v>45756</v>
       </c>
       <c r="Q105" s="2">
         <v>46191</v>
       </c>
       <c r="R105" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S105" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T105" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U105" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V105" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W105" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X105" s="2">
         <v>45777</v>
       </c>
-      <c r="Z105" t="s">
-[...24 lines deleted...]
-    <row r="106" spans="1:33">
+    </row>
+    <row r="106" spans="1:24">
       <c r="A106" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="B106" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D106" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E106" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G106" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H106" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I106" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J106" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="K106">
         <v>1535</v>
       </c>
       <c r="M106" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="N106" s="2">
         <v>45758</v>
       </c>
       <c r="P106" s="2">
         <v>45758</v>
       </c>
       <c r="Q106" s="2">
         <v>46183</v>
       </c>
       <c r="R106" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S106" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T106" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U106" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V106" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W106" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X106" s="2">
         <v>45777</v>
       </c>
-      <c r="Z106" t="s">
-[...24 lines deleted...]
-    <row r="107" spans="1:33">
+    </row>
+    <row r="107" spans="1:24">
       <c r="A107" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B107" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D107" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E107" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G107" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H107" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I107" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J107" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="K107">
         <v>1635</v>
       </c>
       <c r="M107" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="N107" s="2">
         <v>45646</v>
       </c>
       <c r="P107" s="2">
         <v>45646</v>
       </c>
       <c r="Q107" s="2">
         <v>45827</v>
       </c>
       <c r="R107" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S107" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T107" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U107" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V107" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W107" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X107" s="2">
         <v>45777</v>
       </c>
-      <c r="Z107" t="s">
-[...24 lines deleted...]
-    <row r="108" spans="1:33">
+    </row>
+    <row r="108" spans="1:24">
       <c r="A108" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B108" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D108" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E108" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G108" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H108" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I108" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J108" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="K108">
         <v>1635</v>
       </c>
       <c r="M108" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="N108" s="2">
         <v>45682</v>
       </c>
       <c r="P108" s="2">
         <v>45682</v>
       </c>
       <c r="Q108" s="2">
         <v>46072</v>
       </c>
       <c r="R108" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S108" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T108" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U108" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V108" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W108" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X108" s="2">
         <v>45777</v>
       </c>
-      <c r="Z108" t="s">
-[...24 lines deleted...]
-    <row r="109" spans="1:33">
+    </row>
+    <row r="109" spans="1:24">
       <c r="A109" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="B109" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D109" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E109" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G109" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H109" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I109" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J109" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="K109">
         <v>1860</v>
       </c>
       <c r="M109" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="N109" s="2">
         <v>45654</v>
       </c>
       <c r="P109" s="2">
         <v>45654</v>
       </c>
       <c r="Q109" s="2">
         <v>46037</v>
       </c>
       <c r="R109" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S109" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T109" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U109" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V109" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W109" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X109" s="2">
         <v>45777</v>
       </c>
-      <c r="Z109" t="s">
-[...24 lines deleted...]
-    <row r="110" spans="1:33">
+    </row>
+    <row r="110" spans="1:24">
       <c r="A110" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B110" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D110" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E110" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G110" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H110" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I110" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J110" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="K110">
         <v>1609</v>
       </c>
       <c r="M110" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="N110" s="2">
         <v>45700</v>
       </c>
       <c r="P110" s="2">
         <v>45700</v>
       </c>
       <c r="Q110" s="2">
         <v>46093</v>
       </c>
       <c r="R110" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S110" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T110" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U110" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V110" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W110" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X110" s="2">
         <v>45777</v>
       </c>
-      <c r="Z110" t="s">
-[...24 lines deleted...]
-    <row r="111" spans="1:33">
+    </row>
+    <row r="111" spans="1:24">
       <c r="A111" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="B111" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D111" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E111" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G111" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H111" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I111" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J111" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="K111">
         <v>1760</v>
       </c>
       <c r="M111" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="N111" s="2">
         <v>45747</v>
       </c>
       <c r="P111" s="2">
         <v>45747</v>
       </c>
       <c r="Q111" s="2">
         <v>46177</v>
       </c>
       <c r="R111" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S111" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T111" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U111" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V111" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W111" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X111" s="2">
         <v>45777</v>
       </c>
-      <c r="Z111" t="s">
-[...24 lines deleted...]
-    <row r="112" spans="1:33">
+    </row>
+    <row r="112" spans="1:24">
       <c r="A112" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="B112" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D112" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E112" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G112" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H112" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I112" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J112" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="K112">
         <v>2609</v>
       </c>
       <c r="M112" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="N112" s="2">
         <v>45702</v>
       </c>
       <c r="P112" s="2">
         <v>45702</v>
       </c>
       <c r="Q112" s="2">
         <v>46100</v>
       </c>
       <c r="R112" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S112" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T112" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U112" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V112" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W112" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X112" s="2">
         <v>45777</v>
       </c>
-      <c r="Z112" t="s">
-[...24 lines deleted...]
-    <row r="113" spans="1:33">
+    </row>
+    <row r="113" spans="1:24">
       <c r="A113" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="B113" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D113" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E113" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G113" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H113" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I113" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J113" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="K113">
         <v>2179</v>
       </c>
       <c r="M113" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="N113" s="2">
         <v>45776</v>
       </c>
       <c r="P113" s="2">
         <v>45776</v>
       </c>
       <c r="Q113" s="2">
         <v>46205</v>
       </c>
       <c r="R113" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S113" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T113" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U113" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V113" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W113" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X113" s="2">
         <v>45777</v>
       </c>
-      <c r="Z113" t="s">
-[...24 lines deleted...]
-    <row r="114" spans="1:33">
+    </row>
+    <row r="114" spans="1:24">
       <c r="A114" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="B114" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D114" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E114" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G114" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H114" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I114" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J114" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K114">
         <v>1725</v>
       </c>
       <c r="M114" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R114" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S114" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T114" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U114" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V114" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W114" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X114" s="2">
         <v>45777</v>
       </c>
-      <c r="Z114" t="s">
-[...24 lines deleted...]
-    <row r="115" spans="1:33">
+    </row>
+    <row r="115" spans="1:24">
       <c r="A115" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="B115" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D115" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E115" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G115" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H115" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I115" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J115" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K115">
         <v>1549</v>
       </c>
       <c r="M115" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R115" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S115" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T115" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U115" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V115" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W115" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X115" s="2">
         <v>45777</v>
       </c>
-      <c r="Z115" t="s">
-[...24 lines deleted...]
-    <row r="116" spans="1:33">
+    </row>
+    <row r="116" spans="1:24">
       <c r="A116" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="B116" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D116" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E116" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G116" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H116" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I116" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J116" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K116">
         <v>1825</v>
       </c>
       <c r="M116" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R116" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S116" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T116" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U116" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V116" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W116" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X116" s="2">
         <v>45777</v>
       </c>
-      <c r="Z116" t="s">
-[...24 lines deleted...]
-    <row r="117" spans="1:33">
+    </row>
+    <row r="117" spans="1:24">
       <c r="A117" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B117" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D117" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E117" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G117" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H117" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I117" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J117" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K117">
         <v>1475</v>
       </c>
       <c r="M117" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R117" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S117" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T117" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U117" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V117" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W117" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X117" s="2">
         <v>45777</v>
       </c>
-      <c r="Z117" t="s">
-[...24 lines deleted...]
-    <row r="118" spans="1:33">
+    </row>
+    <row r="118" spans="1:24">
       <c r="A118" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="B118" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D118" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E118" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G118" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H118" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I118" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J118" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K118">
         <v>1825</v>
       </c>
       <c r="M118" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R118" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S118" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T118" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U118" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V118" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W118" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X118" s="2">
         <v>45777</v>
       </c>
-      <c r="Z118" t="s">
-[...24 lines deleted...]
-    <row r="119" spans="1:33">
+    </row>
+    <row r="119" spans="1:24">
       <c r="A119" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="B119" t="s">
+        <v>361</v>
+      </c>
+      <c r="D119" t="s">
+        <v>361</v>
+      </c>
+      <c r="E119" t="s">
         <v>369</v>
       </c>
-      <c r="D119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G119" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H119" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I119" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J119" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K119">
         <v>1475</v>
       </c>
       <c r="M119" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R119" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S119" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T119" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U119" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V119" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W119" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X119" s="2">
         <v>45777</v>
       </c>
-      <c r="Z119" t="s">
-[...24 lines deleted...]
-    <row r="120" spans="1:33">
+    </row>
+    <row r="120" spans="1:24">
       <c r="A120" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="B120" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D120" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E120" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G120" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H120" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I120" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J120" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K120">
         <v>1549</v>
       </c>
       <c r="M120" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R120" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S120" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T120" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U120" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V120" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W120" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X120" s="2">
         <v>45777</v>
       </c>
-      <c r="Z120" t="s">
-[...24 lines deleted...]
-    <row r="121" spans="1:33">
+    </row>
+    <row r="121" spans="1:24">
       <c r="A121" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="B121" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D121" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E121" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G121" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H121" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I121" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J121" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K121">
         <v>1475</v>
       </c>
       <c r="M121" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R121" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S121" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T121" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U121" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V121" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W121" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X121" s="2">
         <v>45777</v>
       </c>
-      <c r="Z121" t="s">
-[...24 lines deleted...]
-    <row r="122" spans="1:33">
+    </row>
+    <row r="122" spans="1:24">
       <c r="A122" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="B122" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D122" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E122" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G122" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H122" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I122" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J122" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K122">
         <v>1549</v>
       </c>
       <c r="M122" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R122" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S122" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T122" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U122" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V122" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W122" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X122" s="2">
         <v>45777</v>
       </c>
-      <c r="Z122" t="s">
-[...24 lines deleted...]
-    <row r="123" spans="1:33">
+    </row>
+    <row r="123" spans="1:24">
       <c r="A123" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="B123" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D123" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E123" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G123" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H123" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I123" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J123" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K123">
         <v>1575</v>
       </c>
       <c r="M123" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R123" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S123" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T123" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U123" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V123" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W123" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X123" s="2">
         <v>45777</v>
       </c>
-      <c r="Z123" t="s">
-[...24 lines deleted...]
-    <row r="124" spans="1:33">
+    </row>
+    <row r="124" spans="1:24">
       <c r="A124" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="B124" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D124" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E124" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G124" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H124" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I124" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J124" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K124">
         <v>1825</v>
       </c>
       <c r="M124" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R124" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S124" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T124" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U124" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V124" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W124" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X124" s="2">
         <v>45777</v>
       </c>
-      <c r="Z124" t="s">
-[...24 lines deleted...]
-    <row r="125" spans="1:33">
+    </row>
+    <row r="125" spans="1:24">
       <c r="A125" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="B125" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D125" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E125" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G125" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H125" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I125" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J125" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K125">
         <v>1575</v>
       </c>
       <c r="M125" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R125" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S125" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T125" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U125" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V125" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W125" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X125" s="2">
         <v>45777</v>
       </c>
-      <c r="Z125" t="s">
-[...24 lines deleted...]
-    <row r="126" spans="1:33">
+    </row>
+    <row r="126" spans="1:24">
       <c r="A126" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="B126" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D126" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E126" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G126" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H126" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I126" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J126" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K126">
         <v>1825</v>
       </c>
       <c r="M126" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R126" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S126" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T126" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U126" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V126" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W126" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X126" s="2">
         <v>45777</v>
       </c>
-      <c r="Z126" t="s">
-[...24 lines deleted...]
-    <row r="127" spans="1:33">
+    </row>
+    <row r="127" spans="1:24">
       <c r="A127" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="B127" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D127" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E127" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G127" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H127" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I127" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J127" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K127">
         <v>1549</v>
       </c>
       <c r="M127" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R127" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S127" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T127" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U127" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V127" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W127" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X127" s="2">
         <v>45777</v>
       </c>
-      <c r="Z127" t="s">
-[...24 lines deleted...]
-    <row r="128" spans="1:33">
+    </row>
+    <row r="128" spans="1:24">
       <c r="A128" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="B128" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D128" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E128" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G128" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H128" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I128" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J128" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K128">
         <v>1725</v>
       </c>
       <c r="M128" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R128" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S128" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T128" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U128" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V128" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W128" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X128" s="2">
         <v>45777</v>
       </c>
-      <c r="Z128" t="s">
-[...24 lines deleted...]
-    <row r="129" spans="1:33">
+    </row>
+    <row r="129" spans="1:24">
       <c r="A129" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B129" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D129" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E129" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G129" t="s">
+        <v>377</v>
+      </c>
+      <c r="H129" t="s">
+        <v>380</v>
+      </c>
+      <c r="I129" t="s">
+        <v>380</v>
+      </c>
+      <c r="J129" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K129">
         <v>2549</v>
       </c>
       <c r="M129" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R129" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S129" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T129" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U129" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V129" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W129" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X129" s="2">
         <v>45777</v>
       </c>
-      <c r="Z129" t="s">
-[...24 lines deleted...]
-    <row r="130" spans="1:33">
+    </row>
+    <row r="130" spans="1:24">
       <c r="A130" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="B130" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D130" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E130" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G130" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H130" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I130" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J130" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="K130">
         <v>2134</v>
       </c>
       <c r="M130" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="N130" s="2">
         <v>45710</v>
       </c>
       <c r="P130" s="2">
         <v>45710</v>
       </c>
       <c r="Q130" s="2">
         <v>46163</v>
       </c>
       <c r="R130" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S130" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T130" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U130" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V130" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W130" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X130" s="2">
         <v>45777</v>
       </c>
-      <c r="Z130" t="s">
-[...24 lines deleted...]
-    <row r="131" spans="1:33">
+    </row>
+    <row r="131" spans="1:24">
       <c r="A131" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B131" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D131" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E131" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G131" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H131" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I131" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J131" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K131">
         <v>1760</v>
       </c>
       <c r="M131" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R131" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S131" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T131" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U131" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V131" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W131" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X131" s="2">
         <v>45777</v>
       </c>
-      <c r="Z131" t="s">
-[...24 lines deleted...]
-    <row r="132" spans="1:33">
+    </row>
+    <row r="132" spans="1:24">
       <c r="A132" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B132" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D132" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E132" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G132" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H132" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I132" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J132" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K132">
         <v>1549</v>
       </c>
       <c r="M132" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R132" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S132" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T132" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U132" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V132" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W132" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X132" s="2">
         <v>45777</v>
       </c>
-      <c r="Z132" t="s">
-[...24 lines deleted...]
-    <row r="133" spans="1:33">
+    </row>
+    <row r="133" spans="1:24">
       <c r="A133" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="B133" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D133" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E133" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G133" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H133" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I133" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J133" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K133">
         <v>1825</v>
       </c>
       <c r="M133" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R133" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S133" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T133" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U133" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V133" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W133" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X133" s="2">
         <v>45777</v>
       </c>
-      <c r="Z133" t="s">
-[...24 lines deleted...]
-    <row r="134" spans="1:33">
+    </row>
+    <row r="134" spans="1:24">
       <c r="A134" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B134" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D134" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E134" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G134" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H134" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I134" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J134" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K134">
         <v>1475</v>
       </c>
       <c r="M134" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R134" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S134" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T134" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U134" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V134" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W134" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X134" s="2">
         <v>45777</v>
       </c>
-      <c r="Z134" t="s">
-[...24 lines deleted...]
-    <row r="135" spans="1:33">
+    </row>
+    <row r="135" spans="1:24">
       <c r="A135" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B135" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D135" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E135" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G135" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H135" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I135" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J135" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K135">
         <v>1825</v>
       </c>
       <c r="M135" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R135" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S135" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T135" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U135" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V135" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W135" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X135" s="2">
         <v>45777</v>
       </c>
-      <c r="Z135" t="s">
-[...24 lines deleted...]
-    <row r="136" spans="1:33">
+    </row>
+    <row r="136" spans="1:24">
       <c r="A136" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="B136" t="s">
+        <v>361</v>
+      </c>
+      <c r="D136" t="s">
+        <v>361</v>
+      </c>
+      <c r="E136" t="s">
         <v>369</v>
       </c>
-      <c r="D136" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G136" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H136" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I136" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J136" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K136">
         <v>1475</v>
       </c>
       <c r="M136" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R136" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S136" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T136" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U136" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V136" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W136" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X136" s="2">
         <v>45777</v>
       </c>
-      <c r="Z136" t="s">
-[...24 lines deleted...]
-    <row r="137" spans="1:33">
+    </row>
+    <row r="137" spans="1:24">
       <c r="A137" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="B137" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D137" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E137" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G137" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H137" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I137" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J137" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K137">
         <v>1549</v>
       </c>
       <c r="M137" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R137" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S137" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T137" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U137" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V137" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W137" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X137" s="2">
         <v>45777</v>
       </c>
-      <c r="Z137" t="s">
-[...24 lines deleted...]
-    <row r="138" spans="1:33">
+    </row>
+    <row r="138" spans="1:24">
       <c r="A138" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="B138" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D138" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E138" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G138" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H138" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I138" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J138" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K138">
         <v>1475</v>
       </c>
       <c r="M138" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R138" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S138" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T138" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U138" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V138" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W138" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X138" s="2">
         <v>45777</v>
       </c>
-      <c r="Z138" t="s">
-[...24 lines deleted...]
-    <row r="139" spans="1:33">
+    </row>
+    <row r="139" spans="1:24">
       <c r="A139" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="B139" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D139" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E139" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G139" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H139" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I139" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J139" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K139">
         <v>1549</v>
       </c>
       <c r="M139" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R139" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S139" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T139" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U139" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V139" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W139" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X139" s="2">
         <v>45777</v>
       </c>
-      <c r="Z139" t="s">
-[...24 lines deleted...]
-    <row r="140" spans="1:33">
+    </row>
+    <row r="140" spans="1:24">
       <c r="A140" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="B140" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D140" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E140" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G140" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H140" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I140" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J140" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K140">
         <v>1575</v>
       </c>
       <c r="M140" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R140" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S140" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T140" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U140" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V140" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W140" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X140" s="2">
         <v>45777</v>
       </c>
-      <c r="Z140" t="s">
-[...24 lines deleted...]
-    <row r="141" spans="1:33">
+    </row>
+    <row r="141" spans="1:24">
       <c r="A141" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B141" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D141" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E141" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G141" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H141" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I141" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J141" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K141">
         <v>1825</v>
       </c>
       <c r="M141" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R141" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S141" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T141" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U141" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V141" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W141" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X141" s="2">
         <v>45777</v>
       </c>
-      <c r="Z141" t="s">
-[...24 lines deleted...]
-    <row r="142" spans="1:33">
+    </row>
+    <row r="142" spans="1:24">
       <c r="A142" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="B142" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D142" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E142" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G142" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H142" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I142" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J142" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K142">
         <v>1575</v>
       </c>
       <c r="M142" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R142" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S142" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T142" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U142" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V142" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W142" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X142" s="2">
         <v>45777</v>
       </c>
-      <c r="Z142" t="s">
-[...24 lines deleted...]
-    <row r="143" spans="1:33">
+    </row>
+    <row r="143" spans="1:24">
       <c r="A143" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="B143" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D143" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E143" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G143" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H143" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I143" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J143" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K143">
         <v>1825</v>
       </c>
       <c r="M143" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R143" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S143" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T143" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U143" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V143" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W143" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X143" s="2">
         <v>45777</v>
       </c>
-      <c r="Z143" t="s">
-[...24 lines deleted...]
-    <row r="144" spans="1:33">
+    </row>
+    <row r="144" spans="1:24">
       <c r="A144" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="B144" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D144" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E144" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G144" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H144" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I144" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J144" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K144">
         <v>1549</v>
       </c>
       <c r="M144" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R144" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S144" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T144" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U144" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V144" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W144" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X144" s="2">
         <v>45777</v>
       </c>
-      <c r="Z144" t="s">
-[...24 lines deleted...]
-    <row r="145" spans="1:33">
+    </row>
+    <row r="145" spans="1:24">
       <c r="A145" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B145" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D145" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E145" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G145" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H145" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I145" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J145" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K145">
         <v>1725</v>
       </c>
       <c r="M145" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R145" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S145" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T145" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U145" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V145" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W145" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X145" s="2">
         <v>45777</v>
       </c>
-      <c r="Z145" t="s">
-[...24 lines deleted...]
-    <row r="146" spans="1:33">
+    </row>
+    <row r="146" spans="1:24">
       <c r="A146" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="B146" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D146" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E146" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G146" t="s">
+        <v>377</v>
+      </c>
+      <c r="H146" t="s">
+        <v>380</v>
+      </c>
+      <c r="I146" t="s">
+        <v>380</v>
+      </c>
+      <c r="J146" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K146">
         <v>2549</v>
       </c>
       <c r="M146" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R146" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S146" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T146" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U146" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V146" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W146" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X146" s="2">
         <v>45777</v>
       </c>
-      <c r="Z146" t="s">
-[...24 lines deleted...]
-    <row r="147" spans="1:33">
+    </row>
+    <row r="147" spans="1:24">
       <c r="A147" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="B147" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D147" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E147" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G147" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H147" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I147" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J147" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="K147">
         <v>2734</v>
       </c>
       <c r="M147" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="N147" s="2">
         <v>45754</v>
       </c>
       <c r="P147" s="2">
         <v>45754</v>
       </c>
       <c r="Q147" s="2">
         <v>45939</v>
       </c>
       <c r="R147" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S147" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T147" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U147" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V147" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W147" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X147" s="2">
         <v>45777</v>
       </c>
-      <c r="Z147" t="s">
-[...24 lines deleted...]
-    <row r="148" spans="1:33">
+    </row>
+    <row r="148" spans="1:24">
       <c r="A148" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B148" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D148" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E148" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G148" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H148" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I148" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J148" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="K148">
         <v>1635</v>
       </c>
       <c r="M148" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="N148" s="2">
         <v>45572</v>
       </c>
       <c r="P148" s="2">
         <v>45572</v>
       </c>
       <c r="Q148" s="2">
         <v>45905</v>
       </c>
       <c r="R148" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S148" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T148" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U148" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V148" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W148" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X148" s="2">
         <v>45777</v>
       </c>
-      <c r="Z148" t="s">
-[...24 lines deleted...]
-    <row r="149" spans="1:33">
+    </row>
+    <row r="149" spans="1:24">
       <c r="A149" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="B149" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D149" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E149" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G149" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H149" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I149" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J149" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="K149">
         <v>1635</v>
       </c>
       <c r="M149" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="N149" s="2">
         <v>45621</v>
       </c>
       <c r="P149" s="2">
         <v>45621</v>
       </c>
       <c r="Q149" s="2">
         <v>46058</v>
       </c>
       <c r="R149" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S149" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T149" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U149" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V149" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W149" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X149" s="2">
         <v>45777</v>
       </c>
-      <c r="Z149" t="s">
-[...24 lines deleted...]
-    <row r="150" spans="1:33">
+    </row>
+    <row r="150" spans="1:24">
       <c r="A150" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B150" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D150" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E150" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G150" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H150" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I150" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J150" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="K150">
         <v>1635</v>
       </c>
       <c r="M150" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="N150" s="2">
         <v>45596</v>
       </c>
       <c r="P150" s="2">
         <v>45596</v>
       </c>
       <c r="Q150" s="2">
         <v>45995</v>
       </c>
       <c r="R150" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S150" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T150" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U150" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V150" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W150" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X150" s="2">
         <v>45777</v>
       </c>
-      <c r="Z150" t="s">
-[...24 lines deleted...]
-    <row r="151" spans="1:33">
+    </row>
+    <row r="151" spans="1:24">
       <c r="A151" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="B151" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D151" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E151" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G151" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H151" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I151" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J151" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="K151">
         <v>1359</v>
       </c>
       <c r="M151" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="N151" s="2">
         <v>45522</v>
       </c>
       <c r="P151" s="2">
         <v>45522</v>
       </c>
       <c r="Q151" s="2">
         <v>45918</v>
       </c>
       <c r="R151" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S151" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T151" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U151" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V151" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W151" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X151" s="2">
         <v>45777</v>
       </c>
-      <c r="Z151" t="s">
-[...24 lines deleted...]
-    <row r="152" spans="1:33">
+    </row>
+    <row r="152" spans="1:24">
       <c r="A152" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B152" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D152" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E152" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G152" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H152" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I152" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J152" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="K152">
         <v>1359</v>
       </c>
       <c r="M152" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="N152" s="2">
         <v>45580</v>
       </c>
       <c r="P152" s="2">
         <v>45580</v>
       </c>
       <c r="Q152" s="2">
         <v>45974</v>
       </c>
       <c r="R152" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S152" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T152" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U152" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V152" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W152" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X152" s="2">
         <v>45777</v>
       </c>
-      <c r="Z152" t="s">
-[...24 lines deleted...]
-    <row r="153" spans="1:33">
+    </row>
+    <row r="153" spans="1:24">
       <c r="A153" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B153" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D153" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E153" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G153" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H153" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I153" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J153" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="K153">
         <v>2010</v>
       </c>
       <c r="M153" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="N153" s="2">
         <v>45526</v>
       </c>
       <c r="P153" s="2">
         <v>45526</v>
       </c>
       <c r="Q153" s="2">
         <v>45921</v>
       </c>
       <c r="R153" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S153" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T153" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U153" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V153" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W153" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X153" s="2">
         <v>45777</v>
       </c>
-      <c r="Z153" t="s">
-[...24 lines deleted...]
-    <row r="154" spans="1:33">
+    </row>
+    <row r="154" spans="1:24">
       <c r="A154" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="B154" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D154" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E154" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G154" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H154" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I154" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J154" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="K154">
         <v>2309</v>
       </c>
       <c r="M154" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="N154" s="2">
         <v>45506</v>
       </c>
       <c r="P154" s="2">
         <v>45506</v>
       </c>
       <c r="Q154" s="2">
         <v>45904</v>
       </c>
       <c r="R154" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S154" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T154" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U154" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V154" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W154" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X154" s="2">
         <v>45777</v>
       </c>
-      <c r="Z154" t="s">
-[...24 lines deleted...]
-    <row r="155" spans="1:33">
+    </row>
+    <row r="155" spans="1:24">
       <c r="A155" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B155" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D155" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E155" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G155" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H155" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I155" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J155" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="K155">
         <v>2549</v>
       </c>
       <c r="M155" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="N155" s="2">
         <v>45561</v>
       </c>
       <c r="P155" s="2">
         <v>45561</v>
       </c>
       <c r="Q155" s="2">
         <v>45995</v>
       </c>
       <c r="R155" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S155" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T155" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U155" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V155" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W155" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X155" s="2">
         <v>45777</v>
       </c>
-      <c r="Z155" t="s">
-[...24 lines deleted...]
-    <row r="156" spans="1:33">
+    </row>
+    <row r="156" spans="1:24">
       <c r="A156" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="B156" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D156" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E156" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G156" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H156" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I156" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J156" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="K156">
         <v>1725</v>
       </c>
       <c r="M156" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N156" s="2">
         <v>45506</v>
       </c>
       <c r="P156" s="2">
         <v>45506</v>
       </c>
       <c r="Q156" s="2">
         <v>45960</v>
       </c>
       <c r="R156" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S156" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T156" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U156" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V156" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W156" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X156" s="2">
         <v>45777</v>
       </c>
-      <c r="Z156" t="s">
-[...24 lines deleted...]
-    <row r="157" spans="1:33">
+    </row>
+    <row r="157" spans="1:24">
       <c r="A157" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="B157" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D157" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E157" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G157" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H157" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I157" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J157" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="K157">
         <v>1425</v>
       </c>
       <c r="M157" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N157" s="2">
         <v>45750</v>
       </c>
       <c r="P157" s="2">
         <v>45750</v>
       </c>
       <c r="Q157" s="2">
         <v>46086</v>
       </c>
       <c r="R157" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S157" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T157" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U157" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V157" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W157" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X157" s="2">
         <v>45777</v>
       </c>
-      <c r="Z157" t="s">
-[...24 lines deleted...]
-    <row r="158" spans="1:33">
+    </row>
+    <row r="158" spans="1:24">
       <c r="A158" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B158" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D158" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E158" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G158" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H158" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I158" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J158" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="K158">
         <v>1700</v>
       </c>
       <c r="M158" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="N158" s="2">
         <v>45635</v>
       </c>
       <c r="P158" s="2">
         <v>45635</v>
       </c>
       <c r="Q158" s="2">
         <v>45981</v>
       </c>
       <c r="R158" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S158" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T158" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U158" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V158" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W158" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X158" s="2">
         <v>45777</v>
       </c>
-      <c r="Z158" t="s">
-[...24 lines deleted...]
-    <row r="159" spans="1:33">
+    </row>
+    <row r="159" spans="1:24">
       <c r="A159" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B159" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D159" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E159" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G159" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H159" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I159" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J159" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K159">
         <v>1575</v>
       </c>
       <c r="M159" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R159" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S159" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T159" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U159" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V159" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W159" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X159" s="2">
         <v>45777</v>
       </c>
-      <c r="Z159" t="s">
-[...24 lines deleted...]
-    <row r="160" spans="1:33">
+    </row>
+    <row r="160" spans="1:24">
       <c r="A160" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="B160" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D160" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E160" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G160" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H160" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I160" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J160" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="K160">
         <v>1399</v>
       </c>
       <c r="M160" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N160" s="2">
         <v>45747</v>
       </c>
       <c r="P160" s="2">
         <v>45747</v>
       </c>
       <c r="Q160" s="2">
         <v>46149</v>
       </c>
       <c r="R160" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S160" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T160" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U160" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V160" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W160" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X160" s="2">
         <v>45777</v>
       </c>
-      <c r="Z160" t="s">
-[...24 lines deleted...]
-    <row r="161" spans="1:33">
+    </row>
+    <row r="161" spans="1:24">
       <c r="A161" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="B161" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D161" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E161" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G161" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H161" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I161" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J161" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K161">
         <v>1575</v>
       </c>
       <c r="M161" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R161" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S161" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T161" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U161" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V161" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W161" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X161" s="2">
         <v>45777</v>
       </c>
-      <c r="Z161" t="s">
-[...24 lines deleted...]
-    <row r="162" spans="1:33">
+    </row>
+    <row r="162" spans="1:24">
       <c r="A162" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B162" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D162" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E162" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G162" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H162" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I162" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J162" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K162">
         <v>1399</v>
       </c>
       <c r="M162" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R162" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S162" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T162" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U162" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V162" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W162" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X162" s="2">
         <v>45777</v>
       </c>
-      <c r="Z162" t="s">
-[...24 lines deleted...]
-    <row r="163" spans="1:33">
+    </row>
+    <row r="163" spans="1:24">
       <c r="A163" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="B163" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D163" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E163" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G163" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H163" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I163" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J163" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="K163">
         <v>1299</v>
       </c>
       <c r="M163" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N163" s="2">
         <v>45560</v>
       </c>
       <c r="P163" s="2">
         <v>45560</v>
       </c>
       <c r="Q163" s="2">
         <v>45953</v>
       </c>
       <c r="R163" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S163" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T163" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U163" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V163" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W163" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X163" s="2">
         <v>45777</v>
       </c>
-      <c r="Z163" t="s">
-[...24 lines deleted...]
-    <row r="164" spans="1:33">
+    </row>
+    <row r="164" spans="1:24">
       <c r="A164" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="B164" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D164" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E164" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G164" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H164" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I164" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J164" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="K164">
         <v>1449</v>
       </c>
       <c r="M164" t="s">
-        <v>597</v>
+        <v>589</v>
       </c>
       <c r="N164" s="2">
         <v>45681</v>
       </c>
       <c r="P164" s="2">
         <v>45681</v>
       </c>
       <c r="Q164" s="2">
         <v>46135</v>
       </c>
       <c r="R164" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S164" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T164" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U164" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V164" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W164" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X164" s="2">
         <v>45777</v>
       </c>
-      <c r="Z164" t="s">
-[...24 lines deleted...]
-    <row r="165" spans="1:33">
+    </row>
+    <row r="165" spans="1:24">
       <c r="A165" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B165" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D165" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E165" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G165" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H165" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I165" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J165" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="K165">
         <v>1299</v>
       </c>
       <c r="M165" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N165" s="2">
         <v>45532</v>
       </c>
       <c r="P165" s="2">
         <v>45663</v>
       </c>
       <c r="Q165" s="2">
         <v>46022</v>
       </c>
       <c r="R165" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S165" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T165" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U165" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V165" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W165" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X165" s="2">
         <v>45777</v>
       </c>
-      <c r="Z165" t="s">
-[...24 lines deleted...]
-    <row r="166" spans="1:33">
+    </row>
+    <row r="166" spans="1:24">
       <c r="A166" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B166" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D166" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E166" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G166" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H166" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I166" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J166" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="K166">
         <v>1399</v>
       </c>
       <c r="M166" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N166" s="2">
         <v>45700</v>
       </c>
       <c r="P166" s="2">
         <v>45700</v>
       </c>
       <c r="Q166" s="2">
         <v>46093</v>
       </c>
       <c r="R166" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S166" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T166" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U166" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V166" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W166" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X166" s="2">
         <v>45777</v>
       </c>
-      <c r="Z166" t="s">
-[...24 lines deleted...]
-    <row r="167" spans="1:33">
+    </row>
+    <row r="167" spans="1:24">
       <c r="A167" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="B167" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D167" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E167" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G167" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H167" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I167" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J167" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="K167">
         <v>1700</v>
       </c>
       <c r="M167" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="N167" s="2">
         <v>45657</v>
       </c>
       <c r="P167" s="2">
         <v>45657</v>
       </c>
       <c r="Q167" s="2">
         <v>46121</v>
       </c>
       <c r="R167" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S167" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T167" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U167" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V167" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W167" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X167" s="2">
         <v>45777</v>
       </c>
-      <c r="Z167" t="s">
-[...24 lines deleted...]
-    <row r="168" spans="1:33">
+    </row>
+    <row r="168" spans="1:24">
       <c r="A168" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="B168" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D168" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E168" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G168" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H168" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I168" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J168" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="K168">
         <v>1675</v>
       </c>
       <c r="M168" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N168" s="2">
         <v>45688</v>
       </c>
       <c r="P168" s="2">
         <v>45688</v>
       </c>
       <c r="Q168" s="2">
         <v>46142</v>
       </c>
       <c r="R168" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S168" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T168" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U168" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V168" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W168" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X168" s="2">
         <v>45777</v>
       </c>
-      <c r="Z168" t="s">
-[...24 lines deleted...]
-    <row r="169" spans="1:33">
+    </row>
+    <row r="169" spans="1:24">
       <c r="A169" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="B169" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D169" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E169" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G169" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H169" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I169" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J169" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="K169">
         <v>2124</v>
       </c>
       <c r="M169" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="N169" s="2">
         <v>45514</v>
       </c>
       <c r="P169" s="2">
         <v>45514</v>
       </c>
       <c r="Q169" s="2">
         <v>45974</v>
       </c>
       <c r="R169" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S169" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T169" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U169" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V169" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W169" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X169" s="2">
         <v>45777</v>
       </c>
-      <c r="Z169" t="s">
-[...24 lines deleted...]
-    <row r="170" spans="1:33">
+    </row>
+    <row r="170" spans="1:24">
       <c r="A170" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="B170" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D170" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E170" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G170" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H170" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I170" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J170" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="K170">
         <v>1750</v>
       </c>
       <c r="M170" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="N170" s="2">
         <v>45642</v>
       </c>
       <c r="P170" s="2">
         <v>45642</v>
       </c>
       <c r="Q170" s="2">
         <v>46100</v>
       </c>
       <c r="R170" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S170" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T170" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U170" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V170" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W170" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X170" s="2">
         <v>45777</v>
       </c>
-      <c r="Z170" t="s">
-[...24 lines deleted...]
-    <row r="171" spans="1:33">
+    </row>
+    <row r="171" spans="1:24">
       <c r="A171" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B171" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D171" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E171" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G171" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H171" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I171" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J171" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="K171">
         <v>2399</v>
       </c>
       <c r="M171" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="N171" s="2">
         <v>45619</v>
       </c>
       <c r="P171" s="2">
         <v>45619</v>
       </c>
       <c r="Q171" s="2">
         <v>45925</v>
       </c>
       <c r="R171" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S171" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T171" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U171" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V171" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W171" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X171" s="2">
         <v>45777</v>
       </c>
-      <c r="Z171" t="s">
-[...24 lines deleted...]
-    <row r="172" spans="1:33">
+    </row>
+    <row r="172" spans="1:24">
       <c r="A172" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="B172" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D172" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E172" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G172" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H172" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I172" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J172" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="K172">
         <v>1725</v>
       </c>
       <c r="M172" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N172" s="2">
         <v>45526</v>
       </c>
       <c r="P172" s="2">
         <v>45526</v>
       </c>
       <c r="Q172" s="2">
         <v>45925</v>
       </c>
       <c r="R172" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S172" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T172" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U172" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V172" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W172" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X172" s="2">
         <v>45777</v>
       </c>
-      <c r="Z172" t="s">
-[...24 lines deleted...]
-    <row r="173" spans="1:33">
+    </row>
+    <row r="173" spans="1:24">
       <c r="A173" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B173" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D173" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E173" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G173" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H173" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I173" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J173" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="K173">
         <v>1425</v>
       </c>
       <c r="M173" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N173" s="2">
         <v>45716</v>
       </c>
       <c r="P173" s="2">
         <v>45716</v>
       </c>
       <c r="Q173" s="2">
         <v>46170</v>
       </c>
       <c r="R173" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S173" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T173" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U173" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V173" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W173" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X173" s="2">
         <v>45777</v>
       </c>
-      <c r="Z173" t="s">
-[...24 lines deleted...]
-    <row r="174" spans="1:33">
+    </row>
+    <row r="174" spans="1:24">
       <c r="A174" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="B174" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D174" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E174" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G174" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H174" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I174" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J174" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="K174">
         <v>1675</v>
       </c>
       <c r="M174" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N174" s="2">
         <v>45714</v>
       </c>
       <c r="P174" s="2">
         <v>45714</v>
       </c>
       <c r="Q174" s="2">
         <v>46107</v>
       </c>
       <c r="R174" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S174" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T174" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U174" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V174" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W174" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X174" s="2">
         <v>45777</v>
       </c>
-      <c r="Z174" t="s">
-[...24 lines deleted...]
-    <row r="175" spans="1:33">
+    </row>
+    <row r="175" spans="1:24">
       <c r="A175" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="B175" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D175" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E175" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G175" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H175" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I175" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J175" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="K175">
         <v>1425</v>
       </c>
       <c r="M175" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N175" s="2">
         <v>45747</v>
       </c>
       <c r="P175" s="2">
         <v>45747</v>
       </c>
       <c r="Q175" s="2">
         <v>46142</v>
       </c>
       <c r="R175" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S175" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T175" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U175" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V175" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W175" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X175" s="2">
         <v>45777</v>
       </c>
-      <c r="Z175" t="s">
-[...24 lines deleted...]
-    <row r="176" spans="1:33">
+    </row>
+    <row r="176" spans="1:24">
       <c r="A176" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="B176" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D176" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E176" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G176" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H176" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I176" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J176" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="K176">
         <v>1399</v>
       </c>
       <c r="M176" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N176" s="2">
         <v>45778</v>
       </c>
       <c r="P176" s="2">
         <v>45778</v>
       </c>
       <c r="Q176" s="2">
         <v>46233</v>
       </c>
       <c r="R176" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S176" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T176" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U176" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V176" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W176" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X176" s="2">
         <v>45777</v>
       </c>
-      <c r="Z176" t="s">
-[...24 lines deleted...]
-    <row r="177" spans="1:33">
+    </row>
+    <row r="177" spans="1:24">
       <c r="A177" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="B177" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D177" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E177" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G177" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H177" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I177" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J177" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="K177">
         <v>1425</v>
       </c>
       <c r="M177" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="N177" s="2">
         <v>45777</v>
       </c>
       <c r="P177" s="2">
         <v>45777</v>
       </c>
       <c r="Q177" s="2">
         <v>46177</v>
       </c>
       <c r="R177" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S177" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T177" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U177" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V177" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W177" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X177" s="2">
         <v>45777</v>
       </c>
-      <c r="Z177" t="s">
-[...24 lines deleted...]
-    <row r="178" spans="1:33">
+    </row>
+    <row r="178" spans="1:24">
       <c r="A178" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B178" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D178" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E178" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G178" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H178" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I178" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J178" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="K178">
         <v>1399</v>
       </c>
       <c r="M178" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N178" s="2">
         <v>45682</v>
       </c>
       <c r="P178" s="2">
         <v>45682</v>
       </c>
       <c r="Q178" s="2">
         <v>46142</v>
       </c>
       <c r="R178" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S178" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T178" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U178" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V178" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W178" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X178" s="2">
         <v>45777</v>
       </c>
-      <c r="Z178" t="s">
-[...24 lines deleted...]
-    <row r="179" spans="1:33">
+    </row>
+    <row r="179" spans="1:24">
       <c r="A179" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="B179" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D179" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E179" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G179" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H179" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I179" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J179" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K179">
         <v>1299</v>
       </c>
       <c r="M179" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R179" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S179" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T179" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U179" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V179" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W179" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X179" s="2">
         <v>45777</v>
       </c>
-      <c r="Z179" t="s">
-[...24 lines deleted...]
-    <row r="180" spans="1:33">
+    </row>
+    <row r="180" spans="1:24">
       <c r="A180" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B180" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D180" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E180" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G180" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H180" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I180" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J180" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K180">
         <v>1449</v>
       </c>
       <c r="M180" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R180" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S180" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T180" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U180" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V180" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W180" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X180" s="2">
         <v>45777</v>
       </c>
-      <c r="Z180" t="s">
-[...24 lines deleted...]
-    <row r="181" spans="1:33">
+    </row>
+    <row r="181" spans="1:24">
       <c r="A181" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="B181" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D181" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E181" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G181" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H181" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I181" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J181" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="K181">
         <v>1299</v>
       </c>
       <c r="M181" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N181" s="2">
         <v>45560</v>
       </c>
       <c r="P181" s="2">
         <v>45560</v>
       </c>
       <c r="Q181" s="2">
         <v>45953</v>
       </c>
       <c r="R181" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S181" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T181" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U181" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V181" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W181" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X181" s="2">
         <v>45777</v>
       </c>
-      <c r="Z181" t="s">
-[...24 lines deleted...]
-    <row r="182" spans="1:33">
+    </row>
+    <row r="182" spans="1:24">
       <c r="A182" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B182" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D182" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E182" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G182" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H182" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I182" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J182" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="K182">
         <v>1399</v>
       </c>
       <c r="M182" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N182" s="2">
         <v>45765</v>
       </c>
       <c r="P182" s="2">
         <v>45765</v>
       </c>
       <c r="Q182" s="2">
         <v>46163</v>
       </c>
       <c r="R182" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S182" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T182" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U182" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V182" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W182" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X182" s="2">
         <v>45777</v>
       </c>
-      <c r="Z182" t="s">
-[...24 lines deleted...]
-    <row r="183" spans="1:33">
+    </row>
+    <row r="183" spans="1:24">
       <c r="A183" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B183" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D183" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E183" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G183" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H183" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I183" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J183" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="K183">
         <v>1700</v>
       </c>
       <c r="M183" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="N183" s="2">
         <v>45618</v>
       </c>
       <c r="P183" s="2">
         <v>45618</v>
       </c>
       <c r="Q183" s="2">
         <v>45925</v>
       </c>
       <c r="R183" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S183" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T183" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U183" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V183" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W183" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X183" s="2">
         <v>45777</v>
       </c>
-      <c r="Z183" t="s">
-[...24 lines deleted...]
-    <row r="184" spans="1:33">
+    </row>
+    <row r="184" spans="1:24">
       <c r="A184" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="B184" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D184" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E184" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G184" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H184" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I184" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J184" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="K184">
         <v>1675</v>
       </c>
       <c r="M184" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N184" s="2">
         <v>45716</v>
       </c>
       <c r="P184" s="2">
         <v>45716</v>
       </c>
       <c r="Q184" s="2">
         <v>46170</v>
       </c>
       <c r="R184" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S184" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T184" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U184" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V184" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W184" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X184" s="2">
         <v>45777</v>
       </c>
-      <c r="Z184" t="s">
-[...24 lines deleted...]
-    <row r="185" spans="1:33">
+    </row>
+    <row r="185" spans="1:24">
       <c r="A185" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B185" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D185" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E185" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G185" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H185" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I185" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J185" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
       <c r="K185">
         <v>2124</v>
       </c>
       <c r="M185" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N185" s="2">
         <v>45555</v>
       </c>
       <c r="P185" s="2">
         <v>45555</v>
       </c>
       <c r="Q185" s="2">
         <v>45981</v>
       </c>
       <c r="R185" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S185" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T185" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U185" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V185" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W185" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X185" s="2">
         <v>45777</v>
       </c>
-      <c r="Z185" t="s">
-[...24 lines deleted...]
-    <row r="186" spans="1:33">
+    </row>
+    <row r="186" spans="1:24">
       <c r="A186" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="B186" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D186" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E186" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G186" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H186" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I186" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J186" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="K186">
         <v>1675</v>
       </c>
       <c r="M186" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N186" s="2">
         <v>45710</v>
       </c>
       <c r="P186" s="2">
         <v>45710</v>
       </c>
       <c r="Q186" s="2">
         <v>46163</v>
       </c>
       <c r="R186" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S186" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T186" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U186" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V186" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W186" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X186" s="2">
         <v>45777</v>
       </c>
-      <c r="Z186" t="s">
-[...24 lines deleted...]
-    <row r="187" spans="1:33">
+    </row>
+    <row r="187" spans="1:24">
       <c r="A187" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="B187" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D187" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E187" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G187" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H187" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I187" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J187" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="K187">
         <v>1935</v>
       </c>
       <c r="M187" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="N187" s="2">
         <v>45611</v>
       </c>
       <c r="P187" s="2">
         <v>45611</v>
       </c>
       <c r="Q187" s="2">
         <v>46030</v>
       </c>
       <c r="R187" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S187" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T187" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U187" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V187" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W187" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X187" s="2">
         <v>45777</v>
       </c>
-      <c r="Z187" t="s">
-[...24 lines deleted...]
-    <row r="188" spans="1:33">
+    </row>
+    <row r="188" spans="1:24">
       <c r="A188" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="B188" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D188" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E188" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G188" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H188" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I188" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J188" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="K188">
         <v>1609</v>
       </c>
       <c r="M188" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="N188" s="2">
         <v>45555</v>
       </c>
       <c r="P188" s="2">
         <v>45555</v>
       </c>
       <c r="Q188" s="2">
         <v>45953</v>
       </c>
       <c r="R188" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S188" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T188" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U188" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V188" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W188" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X188" s="2">
         <v>45777</v>
       </c>
-      <c r="Z188" t="s">
-[...24 lines deleted...]
-    <row r="189" spans="1:33">
+    </row>
+    <row r="189" spans="1:24">
       <c r="A189" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B189" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D189" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E189" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G189" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H189" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I189" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J189" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="K189">
         <v>1635</v>
       </c>
       <c r="M189" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="N189" s="2">
         <v>45626</v>
       </c>
       <c r="P189" s="2">
         <v>45626</v>
       </c>
       <c r="Q189" s="2">
         <v>46030</v>
       </c>
       <c r="R189" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S189" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T189" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U189" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V189" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W189" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X189" s="2">
         <v>45777</v>
       </c>
-      <c r="Z189" t="s">
-[...24 lines deleted...]
-    <row r="190" spans="1:33">
+    </row>
+    <row r="190" spans="1:24">
       <c r="A190" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="B190" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D190" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E190" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G190" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H190" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I190" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J190" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="K190">
         <v>1635</v>
       </c>
       <c r="M190" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="N190" s="2">
         <v>45549</v>
       </c>
       <c r="P190" s="2">
         <v>45549</v>
       </c>
       <c r="Q190" s="2">
         <v>45946</v>
       </c>
       <c r="R190" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S190" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T190" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U190" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V190" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W190" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X190" s="2">
         <v>45777</v>
       </c>
-      <c r="Z190" t="s">
-[...24 lines deleted...]
-    <row r="191" spans="1:33">
+    </row>
+    <row r="191" spans="1:24">
       <c r="A191" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B191" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D191" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E191" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G191" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H191" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I191" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J191" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="K191">
         <v>2309</v>
       </c>
       <c r="M191" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="N191" s="2">
         <v>45518</v>
       </c>
       <c r="P191" s="2">
         <v>45518</v>
       </c>
       <c r="Q191" s="2">
         <v>45918</v>
       </c>
       <c r="R191" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S191" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T191" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U191" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V191" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W191" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X191" s="2">
         <v>45777</v>
       </c>
-      <c r="Z191" t="s">
-[...24 lines deleted...]
-    <row r="192" spans="1:33">
+    </row>
+    <row r="192" spans="1:24">
       <c r="A192" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="B192" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D192" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E192" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G192" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H192" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I192" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J192" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="K192">
         <v>1750</v>
       </c>
       <c r="M192" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="N192" s="2">
         <v>45520</v>
       </c>
       <c r="P192" s="2">
         <v>45520</v>
       </c>
       <c r="Q192" s="2">
         <v>45918</v>
       </c>
       <c r="R192" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S192" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T192" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U192" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V192" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W192" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X192" s="2">
         <v>45777</v>
       </c>
-      <c r="Z192" t="s">
-[...24 lines deleted...]
-    <row r="193" spans="1:33">
+    </row>
+    <row r="193" spans="1:24">
       <c r="A193" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B193" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D193" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E193" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G193" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H193" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I193" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J193" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="K193">
         <v>1675</v>
       </c>
       <c r="M193" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N193" s="2">
         <v>45684</v>
       </c>
       <c r="P193" s="2">
         <v>45684</v>
       </c>
       <c r="Q193" s="2">
         <v>46079</v>
       </c>
       <c r="R193" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S193" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T193" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U193" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V193" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W193" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X193" s="2">
         <v>45777</v>
       </c>
-      <c r="Z193" t="s">
-[...24 lines deleted...]
-    <row r="194" spans="1:33">
+    </row>
+    <row r="194" spans="1:24">
       <c r="A194" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="B194" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D194" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E194" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G194" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H194" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I194" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J194" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="K194">
         <v>1399</v>
       </c>
       <c r="M194" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N194" s="2">
         <v>45682</v>
       </c>
       <c r="P194" s="2">
         <v>45682</v>
       </c>
       <c r="Q194" s="2">
         <v>46142</v>
       </c>
       <c r="R194" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S194" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T194" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U194" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V194" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W194" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X194" s="2">
         <v>45777</v>
       </c>
-      <c r="Z194" t="s">
-[...24 lines deleted...]
-    <row r="195" spans="1:33">
+    </row>
+    <row r="195" spans="1:24">
       <c r="A195" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B195" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D195" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E195" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G195" t="s">
+        <v>374</v>
+      </c>
+      <c r="H195" t="s">
         <v>382</v>
       </c>
-      <c r="H195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I195" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J195" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K195">
         <v>1825</v>
       </c>
       <c r="M195" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R195" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S195" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T195" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U195" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V195" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W195" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X195" s="2">
         <v>45777</v>
       </c>
-      <c r="Z195" t="s">
-[...24 lines deleted...]
-    <row r="196" spans="1:33">
+    </row>
+    <row r="196" spans="1:24">
       <c r="A196" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="B196" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D196" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E196" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G196" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H196" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I196" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J196" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K196">
         <v>1575</v>
       </c>
       <c r="M196" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R196" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S196" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T196" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U196" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V196" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W196" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X196" s="2">
         <v>45777</v>
       </c>
-      <c r="Z196" t="s">
-[...24 lines deleted...]
-    <row r="197" spans="1:33">
+    </row>
+    <row r="197" spans="1:24">
       <c r="A197" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="B197" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D197" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E197" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G197" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H197" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I197" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J197" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="K197">
         <v>1675</v>
       </c>
       <c r="M197" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N197" s="2">
         <v>45576</v>
       </c>
       <c r="P197" s="2">
         <v>45576</v>
       </c>
       <c r="Q197" s="2">
         <v>45974</v>
       </c>
       <c r="R197" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S197" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T197" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U197" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V197" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W197" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X197" s="2">
         <v>45777</v>
       </c>
-      <c r="Z197" t="s">
-[...24 lines deleted...]
-    <row r="198" spans="1:33">
+    </row>
+    <row r="198" spans="1:24">
       <c r="A198" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="B198" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D198" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E198" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G198" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H198" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I198" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J198" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K198">
         <v>1575</v>
       </c>
       <c r="M198" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R198" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S198" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T198" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U198" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V198" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W198" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X198" s="2">
         <v>45777</v>
       </c>
-      <c r="Z198" t="s">
-[...24 lines deleted...]
-    <row r="199" spans="1:33">
+    </row>
+    <row r="199" spans="1:24">
       <c r="A199" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="B199" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D199" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E199" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G199" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H199" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I199" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J199" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="K199">
         <v>1725</v>
       </c>
       <c r="M199" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N199" s="2">
         <v>45531</v>
       </c>
       <c r="P199" s="2">
         <v>45663</v>
       </c>
       <c r="Q199" s="2">
         <v>46022</v>
       </c>
       <c r="R199" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S199" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T199" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U199" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V199" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W199" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X199" s="2">
         <v>45777</v>
       </c>
-      <c r="Z199" t="s">
-[...24 lines deleted...]
-    <row r="200" spans="1:33">
+    </row>
+    <row r="200" spans="1:24">
       <c r="A200" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B200" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D200" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E200" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G200" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H200" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I200" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J200" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="K200">
         <v>2124</v>
       </c>
       <c r="M200" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N200" s="2">
         <v>45534</v>
       </c>
       <c r="P200" s="2">
         <v>45534</v>
       </c>
       <c r="Q200" s="2">
         <v>45930</v>
       </c>
       <c r="R200" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S200" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T200" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U200" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V200" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W200" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X200" s="2">
         <v>45777</v>
       </c>
-      <c r="Z200" t="s">
-[...24 lines deleted...]
-    <row r="201" spans="1:33">
+    </row>
+    <row r="201" spans="1:24">
       <c r="A201" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="B201" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D201" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E201" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G201" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H201" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="I201" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J201" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="K201">
         <v>1750</v>
       </c>
       <c r="M201" t="s">
-        <v>601</v>
+        <v>593</v>
       </c>
       <c r="N201" s="2">
         <v>45605</v>
       </c>
       <c r="O201" s="2">
         <v>45783</v>
       </c>
       <c r="P201" s="2">
         <v>45605</v>
       </c>
       <c r="Q201" s="2">
         <v>45785</v>
       </c>
       <c r="R201" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S201" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T201" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U201" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V201" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W201" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X201" s="2">
         <v>45777</v>
       </c>
-      <c r="Z201" t="s">
-[...24 lines deleted...]
-    <row r="202" spans="1:33">
+    </row>
+    <row r="202" spans="1:24">
       <c r="A202" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="B202" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D202" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E202" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G202" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H202" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I202" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J202" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="K202">
         <v>1675</v>
       </c>
       <c r="M202" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N202" s="2">
         <v>45684</v>
       </c>
       <c r="P202" s="2">
         <v>45684</v>
       </c>
       <c r="Q202" s="2">
         <v>46142</v>
       </c>
       <c r="R202" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S202" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T202" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U202" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V202" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W202" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X202" s="2">
         <v>45777</v>
       </c>
-      <c r="Z202" t="s">
-[...24 lines deleted...]
-    <row r="203" spans="1:33">
+    </row>
+    <row r="203" spans="1:24">
       <c r="A203" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B203" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D203" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E203" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G203" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H203" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I203" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J203" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="K203">
         <v>1399</v>
       </c>
       <c r="M203" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="N203" s="2">
         <v>45655</v>
       </c>
       <c r="P203" s="2">
         <v>45655</v>
       </c>
       <c r="Q203" s="2">
         <v>46114</v>
       </c>
       <c r="R203" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S203" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T203" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U203" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V203" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W203" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X203" s="2">
         <v>45777</v>
       </c>
-      <c r="Z203" t="s">
-[...24 lines deleted...]
-    <row r="204" spans="1:33">
+    </row>
+    <row r="204" spans="1:24">
       <c r="A204" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="B204" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D204" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E204" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G204" t="s">
+        <v>374</v>
+      </c>
+      <c r="H204" t="s">
         <v>382</v>
       </c>
-      <c r="H204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I204" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J204" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K204">
         <v>1825</v>
       </c>
       <c r="M204" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R204" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S204" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T204" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U204" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V204" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W204" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X204" s="2">
         <v>45777</v>
       </c>
-      <c r="Z204" t="s">
-[...24 lines deleted...]
-    <row r="205" spans="1:33">
+    </row>
+    <row r="205" spans="1:24">
       <c r="A205" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B205" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D205" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E205" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G205" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H205" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I205" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J205" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K205">
         <v>1575</v>
       </c>
       <c r="M205" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R205" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S205" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T205" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U205" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V205" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W205" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X205" s="2">
         <v>45777</v>
       </c>
-      <c r="Z205" t="s">
-[...24 lines deleted...]
-    <row r="206" spans="1:33">
+    </row>
+    <row r="206" spans="1:24">
       <c r="A206" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="B206" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D206" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E206" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G206" t="s">
+        <v>374</v>
+      </c>
+      <c r="H206" t="s">
         <v>382</v>
       </c>
-      <c r="H206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I206" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J206" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K206">
         <v>1825</v>
       </c>
       <c r="M206" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R206" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S206" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T206" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U206" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V206" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W206" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X206" s="2">
         <v>45777</v>
       </c>
-      <c r="Z206" t="s">
-[...24 lines deleted...]
-    <row r="207" spans="1:33">
+    </row>
+    <row r="207" spans="1:24">
       <c r="A207" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="B207" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D207" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E207" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G207" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H207" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I207" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J207" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K207">
         <v>1425</v>
       </c>
       <c r="M207" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R207" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S207" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T207" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U207" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V207" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W207" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X207" s="2">
         <v>45777</v>
       </c>
-      <c r="Z207" t="s">
-[...24 lines deleted...]
-    <row r="208" spans="1:33">
+    </row>
+    <row r="208" spans="1:24">
       <c r="A208" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="B208" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D208" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E208" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G208" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H208" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I208" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J208" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K208">
         <v>1725</v>
       </c>
       <c r="M208" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R208" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S208" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T208" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U208" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V208" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W208" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X208" s="2">
         <v>45777</v>
       </c>
-      <c r="Z208" t="s">
-[...24 lines deleted...]
-    <row r="209" spans="1:33">
+    </row>
+    <row r="209" spans="1:24">
       <c r="A209" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B209" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D209" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E209" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G209" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H209" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I209" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J209" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="K209">
         <v>2124</v>
       </c>
       <c r="M209" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N209" s="2">
         <v>45611</v>
       </c>
       <c r="P209" s="2">
         <v>45611</v>
       </c>
       <c r="Q209" s="2">
         <v>46009</v>
       </c>
       <c r="R209" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S209" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T209" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U209" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V209" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W209" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X209" s="2">
         <v>45777</v>
       </c>
-      <c r="Z209" t="s">
-[...24 lines deleted...]
-    <row r="210" spans="1:33">
+    </row>
+    <row r="210" spans="1:24">
       <c r="A210" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="B210" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D210" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E210" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G210" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H210" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I210" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J210" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="K210">
         <v>1910</v>
       </c>
       <c r="M210" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="N210" s="2">
         <v>45573</v>
       </c>
       <c r="P210" s="2">
         <v>45573</v>
       </c>
       <c r="Q210" s="2">
         <v>45974</v>
       </c>
       <c r="R210" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S210" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T210" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U210" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V210" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W210" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X210" s="2">
         <v>45777</v>
       </c>
-      <c r="Z210" t="s">
-[...24 lines deleted...]
-    <row r="211" spans="1:33">
+    </row>
+    <row r="211" spans="1:24">
       <c r="A211" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B211" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D211" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E211" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G211" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H211" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I211" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J211" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="K211">
         <v>2010</v>
       </c>
       <c r="M211" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="N211" s="2">
         <v>45573</v>
       </c>
       <c r="P211" s="2">
         <v>45573</v>
       </c>
       <c r="Q211" s="2">
         <v>45974</v>
       </c>
       <c r="R211" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S211" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T211" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U211" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V211" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W211" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X211" s="2">
         <v>45777</v>
       </c>
-      <c r="Z211" t="s">
-[...24 lines deleted...]
-    <row r="212" spans="1:33">
+    </row>
+    <row r="212" spans="1:24">
       <c r="A212" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="B212" t="s">
+        <v>361</v>
+      </c>
+      <c r="D212" t="s">
+        <v>361</v>
+      </c>
+      <c r="E212" t="s">
         <v>369</v>
       </c>
-      <c r="D212" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G212" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H212" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I212" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J212" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="K212">
         <v>1660</v>
       </c>
       <c r="M212" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="N212" s="2">
         <v>45630</v>
       </c>
       <c r="P212" s="2">
         <v>45630</v>
       </c>
       <c r="Q212" s="2">
         <v>46044</v>
       </c>
       <c r="R212" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S212" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T212" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U212" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V212" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W212" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X212" s="2">
         <v>45777</v>
       </c>
-      <c r="Z212" t="s">
-[...24 lines deleted...]
-    <row r="213" spans="1:33">
+    </row>
+    <row r="213" spans="1:24">
       <c r="A213" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="B213" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D213" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E213" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G213" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H213" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I213" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J213" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="K213">
         <v>1660</v>
       </c>
       <c r="M213" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="N213" s="2">
         <v>45735</v>
       </c>
       <c r="P213" s="2">
         <v>45735</v>
       </c>
       <c r="Q213" s="2">
         <v>46160</v>
       </c>
       <c r="R213" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S213" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T213" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U213" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V213" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W213" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X213" s="2">
         <v>45777</v>
       </c>
-      <c r="Z213" t="s">
-[...24 lines deleted...]
-    <row r="214" spans="1:33">
+    </row>
+    <row r="214" spans="1:24">
       <c r="A214" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B214" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D214" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E214" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G214" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H214" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I214" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J214" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="K214">
         <v>2010</v>
       </c>
       <c r="M214" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="N214" s="2">
         <v>45639</v>
       </c>
       <c r="P214" s="2">
         <v>45639</v>
       </c>
       <c r="Q214" s="2">
         <v>46037</v>
       </c>
       <c r="R214" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S214" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T214" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U214" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V214" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W214" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X214" s="2">
         <v>45777</v>
       </c>
-      <c r="Z214" t="s">
-[...24 lines deleted...]
-    <row r="215" spans="1:33">
+    </row>
+    <row r="215" spans="1:24">
       <c r="A215" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="B215" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D215" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E215" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G215" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H215" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I215" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J215" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="K215">
         <v>1359</v>
       </c>
       <c r="M215" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="N215" s="2">
         <v>45612</v>
       </c>
       <c r="P215" s="2">
         <v>45612</v>
       </c>
       <c r="Q215" s="2">
         <v>46009</v>
       </c>
       <c r="R215" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S215" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T215" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U215" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V215" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W215" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X215" s="2">
         <v>45777</v>
       </c>
-      <c r="Z215" t="s">
-[...24 lines deleted...]
-    <row r="216" spans="1:33">
+    </row>
+    <row r="216" spans="1:24">
       <c r="A216" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="B216" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D216" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E216" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G216" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H216" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I216" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J216" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="K216">
         <v>1359</v>
       </c>
       <c r="M216" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="N216" s="2">
         <v>45577</v>
       </c>
       <c r="P216" s="2">
         <v>45577</v>
       </c>
       <c r="Q216" s="2">
         <v>45974</v>
       </c>
       <c r="R216" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S216" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T216" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U216" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V216" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W216" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X216" s="2">
         <v>45777</v>
       </c>
-      <c r="Z216" t="s">
-[...24 lines deleted...]
-    <row r="217" spans="1:33">
+    </row>
+    <row r="217" spans="1:24">
       <c r="A217" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B217" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D217" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E217" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G217" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H217" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I217" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J217" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="K217">
         <v>2734</v>
       </c>
       <c r="M217" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="N217" s="2">
         <v>45616</v>
       </c>
       <c r="P217" s="2">
         <v>45616</v>
       </c>
       <c r="Q217" s="2">
         <v>46044</v>
       </c>
       <c r="R217" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S217" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T217" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U217" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V217" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W217" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X217" s="2">
         <v>45777</v>
       </c>
-      <c r="Z217" t="s">
-[...24 lines deleted...]
-    <row r="218" spans="1:33">
+    </row>
+    <row r="218" spans="1:24">
       <c r="A218" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="B218" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D218" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E218" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G218" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H218" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I218" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J218" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="K218">
         <v>1725</v>
       </c>
       <c r="M218" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N218" s="2">
         <v>45765</v>
       </c>
       <c r="P218" s="2">
         <v>45765</v>
       </c>
       <c r="Q218" s="2">
         <v>46163</v>
       </c>
       <c r="R218" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S218" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T218" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U218" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V218" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W218" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X218" s="2">
         <v>45777</v>
       </c>
-      <c r="Z218" t="s">
-[...24 lines deleted...]
-    <row r="219" spans="1:33">
+    </row>
+    <row r="219" spans="1:24">
       <c r="A219" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="B219" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D219" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E219" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G219" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H219" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I219" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J219" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="K219">
         <v>1675</v>
       </c>
       <c r="M219" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N219" s="2">
         <v>45777</v>
       </c>
       <c r="P219" s="2">
         <v>45777</v>
       </c>
       <c r="Q219" s="2">
         <v>46170</v>
       </c>
       <c r="R219" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S219" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T219" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U219" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V219" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W219" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X219" s="2">
         <v>45777</v>
       </c>
-      <c r="Z219" t="s">
-[...24 lines deleted...]
-    <row r="220" spans="1:33">
+    </row>
+    <row r="220" spans="1:24">
       <c r="A220" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="B220" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D220" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E220" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G220" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H220" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I220" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J220" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="K220">
         <v>1825</v>
       </c>
       <c r="M220" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N220" s="2">
         <v>45750</v>
       </c>
       <c r="P220" s="2">
         <v>45750</v>
       </c>
       <c r="Q220" s="2">
         <v>46205</v>
       </c>
       <c r="R220" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S220" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T220" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U220" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V220" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W220" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X220" s="2">
         <v>45777</v>
       </c>
-      <c r="Z220" t="s">
-[...24 lines deleted...]
-    <row r="221" spans="1:33">
+    </row>
+    <row r="221" spans="1:24">
       <c r="A221" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="B221" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D221" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E221" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G221" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H221" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I221" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J221" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="K221">
         <v>1675</v>
       </c>
       <c r="M221" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N221" s="2">
         <v>45749</v>
       </c>
       <c r="P221" s="2">
         <v>45749</v>
       </c>
       <c r="Q221" s="2">
         <v>46113</v>
       </c>
       <c r="R221" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S221" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T221" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U221" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V221" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W221" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X221" s="2">
         <v>45777</v>
       </c>
-      <c r="Z221" t="s">
-[...24 lines deleted...]
-    <row r="222" spans="1:33">
+    </row>
+    <row r="222" spans="1:24">
       <c r="A222" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="B222" t="s">
+        <v>361</v>
+      </c>
+      <c r="D222" t="s">
+        <v>361</v>
+      </c>
+      <c r="E222" t="s">
         <v>369</v>
       </c>
-      <c r="D222" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G222" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H222" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I222" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J222" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K222">
         <v>1475</v>
       </c>
       <c r="M222" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R222" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S222" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T222" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U222" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V222" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W222" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X222" s="2">
         <v>45777</v>
       </c>
-      <c r="Z222" t="s">
-[...24 lines deleted...]
-    <row r="223" spans="1:33">
+    </row>
+    <row r="223" spans="1:24">
       <c r="A223" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B223" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D223" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E223" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G223" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H223" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I223" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J223" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K223">
         <v>1575</v>
       </c>
       <c r="M223" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R223" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S223" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T223" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U223" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V223" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W223" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X223" s="2">
         <v>45777</v>
       </c>
-      <c r="Z223" t="s">
-[...24 lines deleted...]
-    <row r="224" spans="1:33">
+    </row>
+    <row r="224" spans="1:24">
       <c r="A224" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="B224" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D224" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E224" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G224" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H224" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I224" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J224" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="K224">
         <v>1475</v>
       </c>
       <c r="M224" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="N224" s="2">
         <v>45745</v>
       </c>
       <c r="P224" s="2">
         <v>45745</v>
       </c>
       <c r="Q224" s="2">
         <v>46201</v>
       </c>
       <c r="R224" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S224" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T224" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U224" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V224" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W224" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X224" s="2">
         <v>45777</v>
       </c>
-      <c r="Z224" t="s">
-[...24 lines deleted...]
-    <row r="225" spans="1:33">
+    </row>
+    <row r="225" spans="1:24">
       <c r="A225" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="B225" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D225" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E225" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G225" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H225" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I225" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J225" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K225">
         <v>1575</v>
       </c>
       <c r="M225" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R225" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S225" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T225" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U225" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V225" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W225" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X225" s="2">
         <v>45777</v>
       </c>
-      <c r="Z225" t="s">
-[...24 lines deleted...]
-    <row r="226" spans="1:33">
+    </row>
+    <row r="226" spans="1:24">
       <c r="A226" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="B226" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D226" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E226" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G226" t="s">
+        <v>374</v>
+      </c>
+      <c r="H226" t="s">
         <v>382</v>
       </c>
-      <c r="H226" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I226" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J226" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K226">
         <v>1825</v>
       </c>
       <c r="M226" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R226" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S226" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T226" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U226" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V226" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W226" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X226" s="2">
         <v>45777</v>
       </c>
-      <c r="Z226" t="s">
-[...24 lines deleted...]
-    <row r="227" spans="1:33">
+    </row>
+    <row r="227" spans="1:24">
       <c r="A227" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B227" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D227" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E227" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G227" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H227" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I227" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J227" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K227">
         <v>1549</v>
       </c>
       <c r="M227" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R227" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S227" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T227" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U227" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V227" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W227" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X227" s="2">
         <v>45777</v>
       </c>
-      <c r="Z227" t="s">
-[...24 lines deleted...]
-    <row r="228" spans="1:33">
+    </row>
+    <row r="228" spans="1:24">
       <c r="A228" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B228" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D228" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E228" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G228" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H228" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I228" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J228" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="K228">
         <v>1299</v>
       </c>
       <c r="M228" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N228" s="2">
         <v>45595</v>
       </c>
       <c r="P228" s="2">
         <v>45595</v>
       </c>
       <c r="Q228" s="2">
         <v>45995</v>
       </c>
       <c r="R228" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S228" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T228" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U228" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V228" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W228" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X228" s="2">
         <v>45777</v>
       </c>
-      <c r="Z228" t="s">
-[...24 lines deleted...]
-    <row r="229" spans="1:33">
+    </row>
+    <row r="229" spans="1:24">
       <c r="A229" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B229" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D229" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E229" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G229" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H229" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I229" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J229" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K229">
         <v>1549</v>
       </c>
       <c r="M229" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R229" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S229" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T229" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U229" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V229" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W229" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X229" s="2">
         <v>45777</v>
       </c>
-      <c r="Z229" t="s">
-[...24 lines deleted...]
-    <row r="230" spans="1:33">
+    </row>
+    <row r="230" spans="1:24">
       <c r="A230" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="B230" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D230" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E230" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G230" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H230" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I230" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J230" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="K230">
         <v>1299</v>
       </c>
       <c r="M230" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N230" s="2">
         <v>45677</v>
       </c>
       <c r="P230" s="2">
         <v>45677</v>
       </c>
       <c r="Q230" s="2">
         <v>46072</v>
       </c>
       <c r="R230" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S230" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T230" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U230" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V230" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W230" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X230" s="2">
         <v>45777</v>
       </c>
-      <c r="Z230" t="s">
-[...24 lines deleted...]
-    <row r="231" spans="1:33">
+    </row>
+    <row r="231" spans="1:24">
       <c r="A231" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="B231" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D231" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E231" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G231" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H231" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I231" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J231" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K231">
         <v>1549</v>
       </c>
       <c r="M231" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R231" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S231" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T231" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U231" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V231" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W231" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X231" s="2">
         <v>45777</v>
       </c>
-      <c r="Z231" t="s">
-[...24 lines deleted...]
-    <row r="232" spans="1:33">
+    </row>
+    <row r="232" spans="1:24">
       <c r="A232" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B232" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D232" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E232" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G232" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H232" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I232" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J232" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="K232">
         <v>2549</v>
       </c>
       <c r="M232" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="N232" s="2">
         <v>45650</v>
       </c>
       <c r="P232" s="2">
         <v>45650</v>
       </c>
       <c r="Q232" s="2">
         <v>46051</v>
       </c>
       <c r="R232" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S232" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T232" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U232" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V232" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W232" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X232" s="2">
         <v>45777</v>
       </c>
-      <c r="Z232" t="s">
-[...24 lines deleted...]
-    <row r="233" spans="1:33">
+    </row>
+    <row r="233" spans="1:24">
       <c r="A233" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="B233" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D233" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E233" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G233" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H233" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I233" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J233" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K233">
         <v>1825</v>
       </c>
       <c r="M233" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R233" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S233" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T233" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U233" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V233" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W233" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X233" s="2">
         <v>45777</v>
       </c>
-      <c r="Z233" t="s">
-[...24 lines deleted...]
-    <row r="234" spans="1:33">
+    </row>
+    <row r="234" spans="1:24">
       <c r="A234" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="B234" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D234" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E234" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G234" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H234" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I234" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J234" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="K234">
         <v>1725</v>
       </c>
       <c r="M234" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="N234" s="2">
         <v>45626</v>
       </c>
       <c r="P234" s="2">
         <v>45626</v>
       </c>
       <c r="Q234" s="2">
         <v>46030</v>
       </c>
       <c r="R234" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S234" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T234" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U234" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V234" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W234" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X234" s="2">
         <v>45777</v>
       </c>
-      <c r="Z234" t="s">
-[...24 lines deleted...]
-    <row r="235" spans="1:33">
+    </row>
+    <row r="235" spans="1:24">
       <c r="A235" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B235" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D235" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E235" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G235" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H235" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I235" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J235" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="K235">
         <v>1675</v>
       </c>
       <c r="M235" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N235" s="2">
         <v>45772</v>
       </c>
       <c r="P235" s="2">
         <v>45772</v>
       </c>
       <c r="Q235" s="2">
         <v>46233</v>
       </c>
       <c r="R235" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S235" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T235" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U235" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V235" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W235" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X235" s="2">
         <v>45777</v>
       </c>
-      <c r="Z235" t="s">
-[...24 lines deleted...]
-    <row r="236" spans="1:33">
+    </row>
+    <row r="236" spans="1:24">
       <c r="A236" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="B236" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D236" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E236" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G236" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H236" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I236" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J236" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="K236">
         <v>1825</v>
       </c>
       <c r="M236" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N236" s="2">
         <v>45590</v>
       </c>
       <c r="P236" s="2">
         <v>45590</v>
       </c>
       <c r="Q236" s="2">
         <v>45981</v>
       </c>
       <c r="R236" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S236" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T236" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U236" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V236" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W236" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X236" s="2">
         <v>45777</v>
       </c>
-      <c r="Z236" t="s">
-[...24 lines deleted...]
-    <row r="237" spans="1:33">
+    </row>
+    <row r="237" spans="1:24">
       <c r="A237" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="B237" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D237" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E237" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G237" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H237" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I237" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J237" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="K237">
         <v>1675</v>
       </c>
       <c r="M237" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="N237" s="2">
         <v>45747</v>
       </c>
       <c r="P237" s="2">
         <v>45747</v>
       </c>
       <c r="Q237" s="2">
         <v>46111</v>
       </c>
       <c r="R237" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S237" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T237" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U237" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V237" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W237" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X237" s="2">
         <v>45777</v>
       </c>
-      <c r="Z237" t="s">
-[...24 lines deleted...]
-    <row r="238" spans="1:33">
+    </row>
+    <row r="238" spans="1:24">
       <c r="A238" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="B238" t="s">
+        <v>361</v>
+      </c>
+      <c r="D238" t="s">
+        <v>361</v>
+      </c>
+      <c r="E238" t="s">
         <v>369</v>
       </c>
-      <c r="D238" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G238" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H238" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I238" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J238" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="K238">
         <v>1375</v>
       </c>
       <c r="M238" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="N238" s="2">
         <v>45617</v>
       </c>
       <c r="P238" s="2">
         <v>45617</v>
       </c>
       <c r="Q238" s="2">
         <v>45981</v>
       </c>
       <c r="R238" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S238" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T238" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U238" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V238" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W238" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X238" s="2">
         <v>45777</v>
       </c>
-      <c r="Z238" t="s">
-[...24 lines deleted...]
-    <row r="239" spans="1:33">
+    </row>
+    <row r="239" spans="1:24">
       <c r="A239" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="B239" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D239" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E239" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G239" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H239" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I239" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J239" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K239">
         <v>1575</v>
       </c>
       <c r="M239" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R239" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S239" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T239" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U239" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V239" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W239" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X239" s="2">
         <v>45777</v>
       </c>
-      <c r="Z239" t="s">
-[...24 lines deleted...]
-    <row r="240" spans="1:33">
+    </row>
+    <row r="240" spans="1:24">
       <c r="A240" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="B240" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D240" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E240" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G240" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H240" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I240" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J240" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="K240">
         <v>1375</v>
       </c>
       <c r="M240" t="s">
-        <v>603</v>
+        <v>595</v>
       </c>
       <c r="N240" s="2">
         <v>45646</v>
       </c>
       <c r="P240" s="2">
         <v>45646</v>
       </c>
       <c r="Q240" s="2">
         <v>46100</v>
       </c>
       <c r="R240" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S240" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T240" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U240" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V240" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W240" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X240" s="2">
         <v>45777</v>
       </c>
-      <c r="Z240" t="s">
-[...24 lines deleted...]
-    <row r="241" spans="1:33">
+    </row>
+    <row r="241" spans="1:24">
       <c r="A241" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B241" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D241" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E241" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G241" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H241" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I241" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J241" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="K241">
         <v>1575</v>
       </c>
       <c r="M241" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="N241" s="2">
         <v>45681</v>
       </c>
       <c r="P241" s="2">
         <v>45681</v>
       </c>
       <c r="Q241" s="2">
         <v>46079</v>
       </c>
       <c r="R241" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S241" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T241" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U241" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V241" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W241" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X241" s="2">
         <v>45777</v>
       </c>
-      <c r="Z241" t="s">
-[...24 lines deleted...]
-    <row r="242" spans="1:33">
+    </row>
+    <row r="242" spans="1:24">
       <c r="A242" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="B242" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D242" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E242" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G242" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H242" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I242" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J242" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="K242">
         <v>1825</v>
       </c>
       <c r="M242" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N242" s="2">
         <v>45681</v>
       </c>
       <c r="P242" s="2">
         <v>45681</v>
       </c>
       <c r="Q242" s="2">
         <v>46135</v>
       </c>
       <c r="R242" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S242" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T242" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U242" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V242" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W242" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X242" s="2">
         <v>45777</v>
       </c>
-      <c r="Z242" t="s">
-[...24 lines deleted...]
-    <row r="243" spans="1:33">
+    </row>
+    <row r="243" spans="1:24">
       <c r="A243" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="B243" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D243" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E243" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G243" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H243" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I243" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J243" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K243">
         <v>1549</v>
       </c>
       <c r="M243" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R243" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S243" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T243" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U243" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V243" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W243" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X243" s="2">
         <v>45777</v>
       </c>
-      <c r="Z243" t="s">
-[...24 lines deleted...]
-    <row r="244" spans="1:33">
+    </row>
+    <row r="244" spans="1:24">
       <c r="A244" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="B244" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D244" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E244" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G244" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H244" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I244" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J244" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="K244">
         <v>1299</v>
       </c>
       <c r="M244" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N244" s="2">
         <v>45596</v>
       </c>
       <c r="P244" s="2">
         <v>45596</v>
       </c>
       <c r="Q244" s="2">
         <v>45995</v>
       </c>
       <c r="R244" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S244" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T244" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U244" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V244" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W244" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X244" s="2">
         <v>45777</v>
       </c>
-      <c r="Z244" t="s">
-[...24 lines deleted...]
-    <row r="245" spans="1:33">
+    </row>
+    <row r="245" spans="1:24">
       <c r="A245" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="B245" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D245" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E245" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G245" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H245" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I245" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J245" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K245">
         <v>1549</v>
       </c>
       <c r="M245" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R245" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S245" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T245" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U245" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V245" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W245" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X245" s="2">
         <v>45777</v>
       </c>
-      <c r="Z245" t="s">
-[...24 lines deleted...]
-    <row r="246" spans="1:33">
+    </row>
+    <row r="246" spans="1:24">
       <c r="A246" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="B246" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="D246" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E246" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="G246" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="H246" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I246" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J246" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="K246">
         <v>1299</v>
       </c>
       <c r="M246" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N246" s="2">
         <v>45593</v>
       </c>
       <c r="P246" s="2">
         <v>45593</v>
       </c>
       <c r="Q246" s="2">
         <v>46002</v>
       </c>
       <c r="R246" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S246" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T246" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U246" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V246" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W246" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X246" s="2">
         <v>45777</v>
       </c>
-      <c r="Z246" t="s">
-[...24 lines deleted...]
-    <row r="247" spans="1:33">
+    </row>
+    <row r="247" spans="1:24">
       <c r="A247" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="B247" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D247" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E247" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G247" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H247" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I247" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J247" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K247">
         <v>1549</v>
       </c>
       <c r="M247" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R247" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S247" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T247" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U247" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V247" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W247" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X247" s="2">
         <v>45777</v>
       </c>
-      <c r="Z247" t="s">
-[...24 lines deleted...]
-    <row r="248" spans="1:33">
+    </row>
+    <row r="248" spans="1:24">
       <c r="A248" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="B248" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D248" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E248" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G248" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H248" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I248" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J248" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="K248">
         <v>2549</v>
       </c>
       <c r="M248" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="N248" s="2">
         <v>45609</v>
       </c>
       <c r="P248" s="2">
         <v>45609</v>
       </c>
       <c r="Q248" s="2">
         <v>46002</v>
       </c>
       <c r="R248" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S248" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T248" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U248" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V248" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W248" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X248" s="2">
         <v>45777</v>
       </c>
-      <c r="Z248" t="s">
-[...24 lines deleted...]
-    <row r="249" spans="1:33">
+    </row>
+    <row r="249" spans="1:24">
       <c r="A249" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="B249" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D249" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E249" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G249" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H249" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I249" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J249" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="K249">
         <v>1825</v>
       </c>
       <c r="M249" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N249" s="2">
         <v>45618</v>
       </c>
       <c r="P249" s="2">
         <v>45618</v>
       </c>
       <c r="Q249" s="2">
         <v>46030</v>
       </c>
       <c r="R249" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S249" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T249" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U249" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V249" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W249" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X249" s="2">
         <v>45777</v>
       </c>
-      <c r="Z249" t="s">
-[...24 lines deleted...]
-    <row r="250" spans="1:33">
+    </row>
+    <row r="250" spans="1:24">
       <c r="A250" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="B250" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D250" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E250" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G250" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H250" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I250" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J250" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="K250">
         <v>2124</v>
       </c>
       <c r="M250" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N250" s="2">
         <v>45765</v>
       </c>
       <c r="P250" s="2">
         <v>45765</v>
       </c>
       <c r="Q250" s="2">
         <v>46163</v>
       </c>
       <c r="R250" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S250" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T250" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U250" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V250" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W250" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X250" s="2">
         <v>45777</v>
       </c>
-      <c r="Z250" t="s">
-[...24 lines deleted...]
-    <row r="251" spans="1:33">
+    </row>
+    <row r="251" spans="1:24">
       <c r="A251" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="B251" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D251" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E251" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G251" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H251" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I251" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J251" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K251">
         <v>1825</v>
       </c>
       <c r="M251" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R251" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S251" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T251" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U251" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V251" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W251" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X251" s="2">
         <v>45777</v>
       </c>
-      <c r="Z251" t="s">
-[...24 lines deleted...]
-    <row r="252" spans="1:33">
+    </row>
+    <row r="252" spans="1:24">
       <c r="A252" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="B252" t="s">
+        <v>361</v>
+      </c>
+      <c r="D252" t="s">
+        <v>361</v>
+      </c>
+      <c r="E252" t="s">
         <v>369</v>
       </c>
-      <c r="D252" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G252" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H252" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I252" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J252" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K252">
         <v>1475</v>
       </c>
       <c r="M252" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R252" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S252" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T252" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U252" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V252" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W252" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X252" s="2">
         <v>45777</v>
       </c>
-      <c r="Z252" t="s">
-[...24 lines deleted...]
-    <row r="253" spans="1:33">
+    </row>
+    <row r="253" spans="1:24">
       <c r="A253" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="B253" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D253" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E253" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G253" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H253" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I253" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J253" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K253">
         <v>1575</v>
       </c>
       <c r="M253" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R253" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S253" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T253" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U253" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V253" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W253" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X253" s="2">
         <v>45777</v>
       </c>
-      <c r="Z253" t="s">
-[...24 lines deleted...]
-    <row r="254" spans="1:33">
+    </row>
+    <row r="254" spans="1:24">
       <c r="A254" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="B254" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D254" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E254" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G254" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H254" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I254" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J254" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="K254">
         <v>1825</v>
       </c>
       <c r="M254" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N254" s="2">
         <v>45709</v>
       </c>
       <c r="P254" s="2">
         <v>45709</v>
       </c>
       <c r="Q254" s="2">
         <v>46163</v>
       </c>
       <c r="R254" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S254" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T254" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U254" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V254" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W254" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X254" s="2">
         <v>45777</v>
       </c>
-      <c r="Z254" t="s">
-[...24 lines deleted...]
-    <row r="255" spans="1:33">
+    </row>
+    <row r="255" spans="1:24">
       <c r="A255" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="B255" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D255" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E255" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G255" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H255" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I255" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J255" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K255">
         <v>1575</v>
       </c>
       <c r="M255" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R255" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S255" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T255" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U255" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V255" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W255" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X255" s="2">
         <v>45777</v>
       </c>
-      <c r="Z255" t="s">
-[...24 lines deleted...]
-    <row r="256" spans="1:33">
+    </row>
+    <row r="256" spans="1:24">
       <c r="A256" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="B256" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D256" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E256" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G256" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H256" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I256" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J256" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K256">
         <v>1575</v>
       </c>
       <c r="M256" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R256" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S256" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T256" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U256" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V256" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W256" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X256" s="2">
         <v>45777</v>
       </c>
-      <c r="Z256" t="s">
-[...24 lines deleted...]
-    <row r="257" spans="1:33">
+    </row>
+    <row r="257" spans="1:24">
       <c r="A257" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B257" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D257" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E257" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G257" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H257" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I257" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J257" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K257">
         <v>1825</v>
       </c>
       <c r="M257" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R257" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S257" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T257" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U257" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V257" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W257" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X257" s="2">
         <v>45777</v>
       </c>
-      <c r="Z257" t="s">
-[...24 lines deleted...]
-    <row r="258" spans="1:33">
+    </row>
+    <row r="258" spans="1:24">
       <c r="A258" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="B258" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D258" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E258" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G258" t="s">
+        <v>377</v>
+      </c>
+      <c r="H258" t="s">
+        <v>382</v>
+      </c>
+      <c r="I258" t="s">
+        <v>380</v>
+      </c>
+      <c r="J258" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K258">
         <v>2549</v>
       </c>
       <c r="M258" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R258" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S258" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T258" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U258" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V258" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W258" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X258" s="2">
         <v>45777</v>
       </c>
-      <c r="Z258" t="s">
-[...24 lines deleted...]
-    <row r="259" spans="1:33">
+    </row>
+    <row r="259" spans="1:24">
       <c r="A259" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="B259" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D259" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E259" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G259" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H259" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I259" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J259" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="K259">
         <v>2124</v>
       </c>
       <c r="M259" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N259" s="2">
         <v>45680</v>
       </c>
       <c r="P259" s="2">
         <v>45680</v>
       </c>
       <c r="Q259" s="2">
         <v>46079</v>
       </c>
       <c r="R259" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S259" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T259" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U259" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V259" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W259" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X259" s="2">
         <v>45777</v>
       </c>
-      <c r="Z259" t="s">
-[...24 lines deleted...]
-    <row r="260" spans="1:33">
+    </row>
+    <row r="260" spans="1:24">
       <c r="A260" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="B260" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D260" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E260" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G260" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H260" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I260" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J260" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="K260">
         <v>1825</v>
       </c>
       <c r="M260" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N260" s="2">
         <v>45747</v>
       </c>
       <c r="P260" s="2">
         <v>45747</v>
       </c>
       <c r="Q260" s="2">
         <v>46170</v>
       </c>
       <c r="R260" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S260" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T260" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U260" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V260" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W260" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X260" s="2">
         <v>45777</v>
       </c>
-      <c r="Z260" t="s">
-[...24 lines deleted...]
-    <row r="261" spans="1:33">
+    </row>
+    <row r="261" spans="1:24">
       <c r="A261" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="B261" t="s">
+        <v>361</v>
+      </c>
+      <c r="D261" t="s">
+        <v>361</v>
+      </c>
+      <c r="E261" t="s">
         <v>369</v>
       </c>
-      <c r="D261" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G261" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H261" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I261" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J261" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K261">
         <v>1475</v>
       </c>
       <c r="M261" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R261" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S261" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T261" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U261" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V261" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W261" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X261" s="2">
         <v>45777</v>
       </c>
-      <c r="Z261" t="s">
-[...24 lines deleted...]
-    <row r="262" spans="1:33">
+    </row>
+    <row r="262" spans="1:24">
       <c r="A262" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="B262" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D262" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E262" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G262" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H262" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I262" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J262" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K262">
         <v>1575</v>
       </c>
       <c r="M262" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R262" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S262" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T262" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U262" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V262" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W262" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X262" s="2">
         <v>45777</v>
       </c>
-      <c r="Z262" t="s">
-[...24 lines deleted...]
-    <row r="263" spans="1:33">
+    </row>
+    <row r="263" spans="1:24">
       <c r="A263" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="B263" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D263" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E263" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G263" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H263" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I263" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J263" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K263">
         <v>1825</v>
       </c>
       <c r="M263" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R263" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S263" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T263" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U263" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V263" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W263" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X263" s="2">
         <v>45777</v>
       </c>
-      <c r="Z263" t="s">
-[...24 lines deleted...]
-    <row r="264" spans="1:33">
+    </row>
+    <row r="264" spans="1:24">
       <c r="A264" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="B264" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D264" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E264" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G264" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H264" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I264" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J264" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="K264">
         <v>1575</v>
       </c>
       <c r="M264" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="N264" s="2">
         <v>45744</v>
       </c>
       <c r="P264" s="2">
         <v>45744</v>
       </c>
       <c r="Q264" s="2">
         <v>46200</v>
       </c>
       <c r="R264" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S264" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T264" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U264" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V264" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W264" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X264" s="2">
         <v>45777</v>
       </c>
-      <c r="Z264" t="s">
-[...24 lines deleted...]
-    <row r="265" spans="1:33">
+    </row>
+    <row r="265" spans="1:24">
       <c r="A265" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="B265" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D265" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E265" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G265" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H265" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I265" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J265" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="K265">
         <v>1575</v>
       </c>
       <c r="M265" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="N265" s="2">
         <v>45755</v>
       </c>
       <c r="P265" s="2">
         <v>45755</v>
       </c>
       <c r="Q265" s="2">
         <v>46191</v>
       </c>
       <c r="R265" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S265" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T265" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U265" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V265" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W265" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X265" s="2">
         <v>45777</v>
       </c>
-      <c r="Z265" t="s">
-[...24 lines deleted...]
-    <row r="266" spans="1:33">
+    </row>
+    <row r="266" spans="1:24">
       <c r="A266" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="B266" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D266" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E266" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G266" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H266" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I266" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J266" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="K266">
         <v>1825</v>
       </c>
       <c r="M266" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N266" s="2">
         <v>45737</v>
       </c>
       <c r="P266" s="2">
         <v>45737</v>
       </c>
       <c r="Q266" s="2">
         <v>46198</v>
       </c>
       <c r="R266" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S266" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T266" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U266" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V266" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W266" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X266" s="2">
         <v>45777</v>
       </c>
-      <c r="Z266" t="s">
-[...24 lines deleted...]
-    <row r="267" spans="1:33">
+    </row>
+    <row r="267" spans="1:24">
       <c r="A267" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B267" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D267" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E267" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G267" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H267" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I267" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J267" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="K267">
         <v>2549</v>
       </c>
       <c r="M267" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="N267" s="2">
         <v>45752</v>
       </c>
       <c r="P267" s="2">
         <v>45752</v>
       </c>
       <c r="Q267" s="2">
         <v>46149</v>
       </c>
       <c r="R267" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S267" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T267" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U267" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V267" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W267" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X267" s="2">
         <v>45777</v>
       </c>
-      <c r="Z267" t="s">
-[...24 lines deleted...]
-    <row r="268" spans="1:33">
+    </row>
+    <row r="268" spans="1:24">
       <c r="A268" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="B268" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D268" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E268" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G268" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H268" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I268" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J268" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="K268">
         <v>2124</v>
       </c>
       <c r="M268" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N268" s="2">
         <v>45709</v>
       </c>
       <c r="P268" s="2">
         <v>45709</v>
       </c>
       <c r="Q268" s="2">
         <v>46101</v>
       </c>
       <c r="R268" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S268" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T268" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U268" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V268" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W268" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X268" s="2">
         <v>45777</v>
       </c>
-      <c r="Z268" t="s">
-[...24 lines deleted...]
-    <row r="269" spans="1:33">
+    </row>
+    <row r="269" spans="1:24">
       <c r="A269" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="B269" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D269" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E269" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G269" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H269" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I269" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J269" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K269">
         <v>1725</v>
       </c>
       <c r="M269" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R269" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S269" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T269" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U269" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V269" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W269" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X269" s="2">
         <v>45777</v>
       </c>
-      <c r="Z269" t="s">
-[...24 lines deleted...]
-    <row r="270" spans="1:33">
+    </row>
+    <row r="270" spans="1:24">
       <c r="A270" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="B270" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D270" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E270" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G270" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H270" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I270" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J270" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K270">
         <v>1825</v>
       </c>
       <c r="M270" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R270" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S270" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T270" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U270" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V270" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W270" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X270" s="2">
         <v>45777</v>
       </c>
-      <c r="Z270" t="s">
-[...24 lines deleted...]
-    <row r="271" spans="1:33">
+    </row>
+    <row r="271" spans="1:24">
       <c r="A271" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="B271" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D271" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E271" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G271" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H271" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I271" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J271" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K271">
         <v>1549</v>
       </c>
       <c r="M271" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R271" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S271" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T271" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U271" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V271" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W271" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X271" s="2">
         <v>45777</v>
       </c>
-      <c r="Z271" t="s">
-[...24 lines deleted...]
-    <row r="272" spans="1:33">
+    </row>
+    <row r="272" spans="1:24">
       <c r="A272" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="B272" t="s">
+        <v>361</v>
+      </c>
+      <c r="D272" t="s">
+        <v>361</v>
+      </c>
+      <c r="E272" t="s">
         <v>369</v>
       </c>
-      <c r="D272" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G272" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H272" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I272" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J272" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K272">
         <v>1475</v>
       </c>
       <c r="M272" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R272" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S272" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T272" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U272" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V272" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W272" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X272" s="2">
         <v>45777</v>
       </c>
-      <c r="Z272" t="s">
-[...24 lines deleted...]
-    <row r="273" spans="1:33">
+    </row>
+    <row r="273" spans="1:24">
       <c r="A273" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="B273" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D273" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E273" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G273" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H273" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I273" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J273" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K273">
         <v>1549</v>
       </c>
       <c r="M273" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R273" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S273" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T273" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U273" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V273" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W273" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X273" s="2">
         <v>45777</v>
       </c>
-      <c r="Z273" t="s">
-[...24 lines deleted...]
-    <row r="274" spans="1:33">
+    </row>
+    <row r="274" spans="1:24">
       <c r="A274" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="B274" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D274" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E274" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G274" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H274" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I274" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J274" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K274">
         <v>1575</v>
       </c>
       <c r="M274" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R274" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S274" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T274" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U274" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V274" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W274" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X274" s="2">
         <v>45777</v>
       </c>
-      <c r="Z274" t="s">
-[...24 lines deleted...]
-    <row r="275" spans="1:33">
+    </row>
+    <row r="275" spans="1:24">
       <c r="A275" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="B275" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D275" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E275" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G275" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H275" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I275" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J275" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K275">
         <v>1825</v>
       </c>
       <c r="M275" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R275" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S275" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T275" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U275" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V275" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W275" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X275" s="2">
         <v>45777</v>
       </c>
-      <c r="Z275" t="s">
-[...24 lines deleted...]
-    <row r="276" spans="1:33">
+    </row>
+    <row r="276" spans="1:24">
       <c r="A276" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="B276" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D276" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E276" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G276" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H276" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I276" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J276" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K276">
         <v>1825</v>
       </c>
       <c r="M276" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R276" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S276" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T276" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U276" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V276" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W276" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X276" s="2">
         <v>45777</v>
       </c>
-      <c r="Z276" t="s">
-[...24 lines deleted...]
-    <row r="277" spans="1:33">
+    </row>
+    <row r="277" spans="1:24">
       <c r="A277" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="B277" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D277" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E277" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G277" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H277" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I277" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J277" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K277">
         <v>1575</v>
       </c>
       <c r="M277" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R277" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S277" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T277" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U277" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V277" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W277" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X277" s="2">
         <v>45777</v>
       </c>
-      <c r="Z277" t="s">
-[...24 lines deleted...]
-    <row r="278" spans="1:33">
+    </row>
+    <row r="278" spans="1:24">
       <c r="A278" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="B278" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D278" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E278" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G278" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H278" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I278" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J278" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K278">
         <v>1575</v>
       </c>
       <c r="M278" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R278" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S278" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T278" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U278" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V278" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W278" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X278" s="2">
         <v>45777</v>
       </c>
-      <c r="Z278" t="s">
-[...24 lines deleted...]
-    <row r="279" spans="1:33">
+    </row>
+    <row r="279" spans="1:24">
       <c r="A279" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="B279" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D279" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E279" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G279" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H279" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I279" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J279" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K279">
         <v>1575</v>
       </c>
       <c r="M279" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R279" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S279" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T279" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U279" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V279" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W279" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X279" s="2">
         <v>45777</v>
       </c>
-      <c r="Z279" t="s">
-[...24 lines deleted...]
-    <row r="280" spans="1:33">
+    </row>
+    <row r="280" spans="1:24">
       <c r="A280" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="B280" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D280" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E280" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G280" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H280" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I280" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J280" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K280">
         <v>1575</v>
       </c>
       <c r="M280" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R280" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S280" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T280" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U280" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V280" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W280" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X280" s="2">
         <v>45777</v>
       </c>
-      <c r="Z280" t="s">
-[...24 lines deleted...]
-    <row r="281" spans="1:33">
+    </row>
+    <row r="281" spans="1:24">
       <c r="A281" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="B281" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D281" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E281" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G281" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H281" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I281" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J281" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K281">
         <v>1549</v>
       </c>
       <c r="M281" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R281" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S281" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T281" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U281" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V281" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W281" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X281" s="2">
         <v>45777</v>
       </c>
-      <c r="Z281" t="s">
-[...24 lines deleted...]
-    <row r="282" spans="1:33">
+    </row>
+    <row r="282" spans="1:24">
       <c r="A282" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="B282" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D282" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E282" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G282" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H282" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I282" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J282" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K282">
         <v>1825</v>
       </c>
       <c r="M282" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R282" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S282" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T282" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U282" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V282" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W282" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X282" s="2">
         <v>45777</v>
       </c>
-      <c r="Z282" t="s">
-[...24 lines deleted...]
-    <row r="283" spans="1:33">
+    </row>
+    <row r="283" spans="1:24">
       <c r="A283" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="B283" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D283" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E283" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G283" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H283" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I283" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J283" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K283">
         <v>1549</v>
       </c>
       <c r="M283" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R283" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S283" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T283" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U283" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V283" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W283" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X283" s="2">
         <v>45777</v>
       </c>
-      <c r="Z283" t="s">
-[...24 lines deleted...]
-    <row r="284" spans="1:33">
+    </row>
+    <row r="284" spans="1:24">
       <c r="A284" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="B284" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D284" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E284" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G284" t="s">
+        <v>377</v>
+      </c>
+      <c r="H284" t="s">
+        <v>380</v>
+      </c>
+      <c r="I284" t="s">
+        <v>380</v>
+      </c>
+      <c r="J284" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K284">
         <v>2549</v>
       </c>
       <c r="M284" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R284" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S284" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T284" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U284" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V284" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W284" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X284" s="2">
         <v>45777</v>
       </c>
-      <c r="Z284" t="s">
-[...24 lines deleted...]
-    <row r="285" spans="1:33">
+    </row>
+    <row r="285" spans="1:24">
       <c r="A285" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="B285" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D285" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E285" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G285" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H285" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I285" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J285" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K285">
         <v>1549</v>
       </c>
       <c r="M285" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R285" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S285" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T285" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U285" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V285" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W285" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X285" s="2">
         <v>45777</v>
       </c>
-      <c r="Z285" t="s">
-[...24 lines deleted...]
-    <row r="286" spans="1:33">
+    </row>
+    <row r="286" spans="1:24">
       <c r="A286" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="B286" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D286" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E286" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G286" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H286" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I286" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J286" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K286">
         <v>1549</v>
       </c>
       <c r="M286" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R286" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S286" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T286" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U286" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V286" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W286" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X286" s="2">
         <v>45777</v>
       </c>
-      <c r="Z286" t="s">
-[...24 lines deleted...]
-    <row r="287" spans="1:33">
+    </row>
+    <row r="287" spans="1:24">
       <c r="A287" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="B287" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D287" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E287" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G287" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H287" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I287" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J287" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K287">
         <v>1725</v>
       </c>
       <c r="M287" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R287" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S287" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T287" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U287" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V287" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W287" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X287" s="2">
         <v>45777</v>
       </c>
-      <c r="Z287" t="s">
-[...24 lines deleted...]
-    <row r="288" spans="1:33">
+    </row>
+    <row r="288" spans="1:24">
       <c r="A288" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="B288" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D288" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E288" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G288" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H288" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I288" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J288" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="K288">
         <v>2124</v>
       </c>
       <c r="M288" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N288" s="2">
         <v>45710</v>
       </c>
       <c r="P288" s="2">
         <v>45710</v>
       </c>
       <c r="Q288" s="2">
         <v>46107</v>
       </c>
       <c r="R288" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S288" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T288" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U288" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V288" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W288" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X288" s="2">
         <v>45777</v>
       </c>
-      <c r="Z288" t="s">
-[...24 lines deleted...]
-    <row r="289" spans="1:33">
+    </row>
+    <row r="289" spans="1:24">
       <c r="A289" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="B289" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D289" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E289" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G289" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H289" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I289" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J289" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K289">
         <v>1725</v>
       </c>
       <c r="M289" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R289" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S289" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T289" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U289" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V289" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W289" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X289" s="2">
         <v>45777</v>
       </c>
-      <c r="Z289" t="s">
-[...24 lines deleted...]
-    <row r="290" spans="1:33">
+    </row>
+    <row r="290" spans="1:24">
       <c r="A290" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="B290" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D290" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E290" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G290" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H290" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I290" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J290" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="K290">
         <v>1825</v>
       </c>
       <c r="M290" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="N290" s="2">
         <v>45730</v>
       </c>
       <c r="P290" s="2">
         <v>45730</v>
       </c>
       <c r="Q290" s="2">
         <v>46128</v>
       </c>
       <c r="R290" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S290" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T290" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U290" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V290" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W290" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X290" s="2">
         <v>45777</v>
       </c>
-      <c r="Z290" t="s">
-[...24 lines deleted...]
-    <row r="291" spans="1:33">
+    </row>
+    <row r="291" spans="1:24">
       <c r="A291" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B291" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D291" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E291" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G291" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H291" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I291" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J291" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K291">
         <v>1549</v>
       </c>
       <c r="M291" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R291" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S291" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T291" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U291" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V291" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W291" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X291" s="2">
         <v>45777</v>
       </c>
-      <c r="Z291" t="s">
-[...24 lines deleted...]
-    <row r="292" spans="1:33">
+    </row>
+    <row r="292" spans="1:24">
       <c r="A292" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B292" t="s">
+        <v>361</v>
+      </c>
+      <c r="D292" t="s">
+        <v>361</v>
+      </c>
+      <c r="E292" t="s">
         <v>369</v>
       </c>
-      <c r="D292" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G292" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H292" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I292" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J292" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K292">
         <v>1475</v>
       </c>
       <c r="M292" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R292" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S292" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T292" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U292" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V292" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W292" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X292" s="2">
         <v>45777</v>
       </c>
-      <c r="Z292" t="s">
-[...24 lines deleted...]
-    <row r="293" spans="1:33">
+    </row>
+    <row r="293" spans="1:24">
       <c r="A293" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="B293" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D293" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E293" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G293" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H293" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I293" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J293" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K293">
         <v>1549</v>
       </c>
       <c r="M293" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R293" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S293" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T293" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U293" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V293" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W293" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X293" s="2">
         <v>45777</v>
       </c>
-      <c r="Z293" t="s">
-[...24 lines deleted...]
-    <row r="294" spans="1:33">
+    </row>
+    <row r="294" spans="1:24">
       <c r="A294" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="B294" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D294" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E294" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G294" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H294" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I294" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J294" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K294">
         <v>1575</v>
       </c>
       <c r="M294" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R294" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S294" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T294" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U294" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V294" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W294" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X294" s="2">
         <v>45777</v>
       </c>
-      <c r="Z294" t="s">
-[...24 lines deleted...]
-    <row r="295" spans="1:33">
+    </row>
+    <row r="295" spans="1:24">
       <c r="A295" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="B295" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D295" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E295" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G295" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H295" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I295" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J295" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K295">
         <v>1825</v>
       </c>
       <c r="M295" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R295" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S295" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T295" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U295" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V295" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W295" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X295" s="2">
         <v>45777</v>
       </c>
-      <c r="Z295" t="s">
-[...24 lines deleted...]
-    <row r="296" spans="1:33">
+    </row>
+    <row r="296" spans="1:24">
       <c r="A296" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="B296" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D296" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E296" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G296" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H296" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I296" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J296" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K296">
         <v>1825</v>
       </c>
       <c r="M296" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R296" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S296" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T296" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U296" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V296" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W296" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X296" s="2">
         <v>45777</v>
       </c>
-      <c r="Z296" t="s">
-[...24 lines deleted...]
-    <row r="297" spans="1:33">
+    </row>
+    <row r="297" spans="1:24">
       <c r="A297" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="B297" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D297" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E297" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G297" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H297" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I297" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J297" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K297">
         <v>1575</v>
       </c>
       <c r="M297" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R297" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S297" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T297" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U297" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V297" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W297" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X297" s="2">
         <v>45777</v>
       </c>
-      <c r="Z297" t="s">
-[...24 lines deleted...]
-    <row r="298" spans="1:33">
+    </row>
+    <row r="298" spans="1:24">
       <c r="A298" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="B298" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D298" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E298" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G298" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H298" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="I298" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J298" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="K298">
         <v>1575</v>
       </c>
       <c r="M298" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="N298" s="2">
         <v>45707</v>
       </c>
       <c r="O298" s="2">
         <v>45839</v>
       </c>
       <c r="P298" s="2">
         <v>45707</v>
       </c>
       <c r="Q298" s="2">
         <v>46114</v>
       </c>
       <c r="R298" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S298" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T298" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U298" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V298" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W298" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X298" s="2">
         <v>45777</v>
       </c>
-      <c r="Z298" t="s">
-[...24 lines deleted...]
-    <row r="299" spans="1:33">
+    </row>
+    <row r="299" spans="1:24">
       <c r="A299" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="B299" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="D299" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="E299" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G299" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H299" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I299" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J299" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K299">
         <v>1575</v>
       </c>
       <c r="M299" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R299" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S299" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T299" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U299" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V299" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W299" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X299" s="2">
         <v>45777</v>
       </c>
-      <c r="Z299" t="s">
-[...24 lines deleted...]
-    <row r="300" spans="1:33">
+    </row>
+    <row r="300" spans="1:24">
       <c r="A300" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="B300" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D300" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E300" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G300" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="H300" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I300" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J300" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K300">
         <v>1575</v>
       </c>
       <c r="M300" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R300" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S300" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T300" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U300" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V300" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W300" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X300" s="2">
         <v>45777</v>
       </c>
-      <c r="Z300" t="s">
-[...24 lines deleted...]
-    <row r="301" spans="1:33">
+    </row>
+    <row r="301" spans="1:24">
       <c r="A301" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="B301" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D301" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E301" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G301" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H301" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I301" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J301" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K301">
         <v>1549</v>
       </c>
       <c r="M301" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R301" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S301" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T301" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U301" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V301" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W301" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X301" s="2">
         <v>45777</v>
       </c>
-      <c r="Z301" t="s">
-[...24 lines deleted...]
-    <row r="302" spans="1:33">
+    </row>
+    <row r="302" spans="1:24">
       <c r="A302" t="s">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="B302" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D302" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E302" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G302" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H302" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I302" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J302" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K302">
         <v>1825</v>
       </c>
       <c r="M302" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R302" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S302" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T302" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U302" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V302" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W302" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X302" s="2">
         <v>45777</v>
       </c>
-      <c r="Z302" t="s">
-[...24 lines deleted...]
-    <row r="303" spans="1:33">
+    </row>
+    <row r="303" spans="1:24">
       <c r="A303" t="s">
-        <v>334</v>
+        <v>326</v>
       </c>
       <c r="B303" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D303" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E303" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G303" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H303" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I303" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J303" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K303">
         <v>1549</v>
       </c>
       <c r="M303" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R303" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S303" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T303" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U303" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V303" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W303" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X303" s="2">
         <v>45777</v>
       </c>
-      <c r="Z303" t="s">
-[...24 lines deleted...]
-    <row r="304" spans="1:33">
+    </row>
+    <row r="304" spans="1:24">
       <c r="A304" t="s">
-        <v>335</v>
+        <v>327</v>
       </c>
       <c r="B304" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="D304" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="E304" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="G304" t="s">
+        <v>377</v>
+      </c>
+      <c r="H304" t="s">
+        <v>382</v>
+      </c>
+      <c r="I304" t="s">
+        <v>380</v>
+      </c>
+      <c r="J304" t="s">
         <v>385</v>
-      </c>
-[...7 lines deleted...]
-        <v>393</v>
       </c>
       <c r="K304">
         <v>2549</v>
       </c>
       <c r="M304" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R304" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S304" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T304" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U304" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V304" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W304" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X304" s="2">
         <v>45777</v>
       </c>
-      <c r="Z304" t="s">
-[...24 lines deleted...]
-    <row r="305" spans="1:33">
+    </row>
+    <row r="305" spans="1:24">
       <c r="A305" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="B305" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D305" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E305" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G305" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H305" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I305" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J305" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K305">
         <v>1549</v>
       </c>
       <c r="M305" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R305" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S305" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T305" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U305" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V305" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W305" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X305" s="2">
         <v>45777</v>
       </c>
-      <c r="Z305" t="s">
-[...24 lines deleted...]
-    <row r="306" spans="1:33">
+    </row>
+    <row r="306" spans="1:24">
       <c r="A306" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="B306" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D306" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E306" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G306" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H306" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I306" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J306" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K306">
         <v>1549</v>
       </c>
       <c r="M306" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R306" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S306" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T306" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U306" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V306" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W306" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X306" s="2">
         <v>45777</v>
       </c>
-      <c r="Z306" t="s">
-[...24 lines deleted...]
-    <row r="307" spans="1:33">
+    </row>
+    <row r="307" spans="1:24">
       <c r="A307" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="B307" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D307" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E307" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G307" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H307" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I307" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J307" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K307">
         <v>1725</v>
       </c>
       <c r="M307" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R307" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S307" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T307" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U307" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V307" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W307" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X307" s="2">
         <v>45777</v>
       </c>
-      <c r="Z307" t="s">
-[...24 lines deleted...]
-    <row r="308" spans="1:33">
+    </row>
+    <row r="308" spans="1:24">
       <c r="A308" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="B308" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D308" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E308" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G308" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H308" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I308" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J308" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="K308">
         <v>1885</v>
       </c>
       <c r="M308" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="N308" s="2">
         <v>45688</v>
       </c>
       <c r="P308" s="2">
         <v>45688</v>
       </c>
       <c r="Q308" s="2">
         <v>46086</v>
       </c>
       <c r="R308" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S308" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T308" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U308" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V308" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W308" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X308" s="2">
         <v>45777</v>
       </c>
-      <c r="Z308" t="s">
-[...24 lines deleted...]
-    <row r="309" spans="1:33">
+    </row>
+    <row r="309" spans="1:24">
       <c r="A309" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="B309" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D309" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E309" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G309" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H309" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I309" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J309" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="K309">
         <v>2010</v>
       </c>
       <c r="M309" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="N309" s="2">
         <v>45745</v>
       </c>
       <c r="P309" s="2">
         <v>45745</v>
       </c>
       <c r="Q309" s="2">
         <v>46142</v>
       </c>
       <c r="R309" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S309" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T309" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U309" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V309" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W309" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X309" s="2">
         <v>45777</v>
       </c>
-      <c r="Z309" t="s">
-[...24 lines deleted...]
-    <row r="310" spans="1:33">
+    </row>
+    <row r="310" spans="1:24">
       <c r="A310" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="B310" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D310" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E310" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G310" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H310" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I310" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J310" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K310">
         <v>1660</v>
       </c>
       <c r="M310" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R310" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S310" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T310" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U310" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V310" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W310" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X310" s="2">
         <v>45777</v>
       </c>
-      <c r="Z310" t="s">
-[...24 lines deleted...]
-    <row r="311" spans="1:33">
+    </row>
+    <row r="311" spans="1:24">
       <c r="A311" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="B311" t="s">
+        <v>361</v>
+      </c>
+      <c r="D311" t="s">
+        <v>361</v>
+      </c>
+      <c r="E311" t="s">
         <v>369</v>
       </c>
-      <c r="D311" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G311" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H311" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I311" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J311" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K311">
         <v>1660</v>
       </c>
       <c r="M311" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R311" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S311" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T311" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U311" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V311" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W311" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X311" s="2">
         <v>45777</v>
       </c>
-      <c r="Z311" t="s">
-[...24 lines deleted...]
-    <row r="312" spans="1:33">
+    </row>
+    <row r="312" spans="1:24">
       <c r="A312" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="B312" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D312" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E312" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G312" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H312" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="I312" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J312" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="K312">
         <v>2010</v>
       </c>
       <c r="M312" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="N312" s="2">
         <v>45657</v>
       </c>
       <c r="O312" s="2">
         <v>45780</v>
       </c>
       <c r="P312" s="2">
         <v>45657</v>
       </c>
       <c r="Q312" s="2">
         <v>46079</v>
       </c>
       <c r="R312" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S312" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T312" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U312" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V312" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W312" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X312" s="2">
         <v>45777</v>
       </c>
-      <c r="Z312" t="s">
-[...24 lines deleted...]
-    <row r="313" spans="1:33">
+    </row>
+    <row r="313" spans="1:24">
       <c r="A313" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="B313" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D313" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E313" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G313" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H313" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="I313" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J313" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="K313">
         <v>2309</v>
       </c>
       <c r="M313" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="N313" s="2">
         <v>45674</v>
       </c>
       <c r="P313" s="2">
         <v>45674</v>
       </c>
       <c r="Q313" s="2">
         <v>46069</v>
       </c>
       <c r="R313" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S313" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T313" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U313" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V313" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W313" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X313" s="2">
         <v>45777</v>
       </c>
-      <c r="Z313" t="s">
-[...24 lines deleted...]
-    <row r="314" spans="1:33">
+    </row>
+    <row r="314" spans="1:24">
       <c r="A314" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="B314" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D314" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E314" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G314" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H314" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I314" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J314" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K314">
         <v>1860</v>
       </c>
       <c r="M314" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R314" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S314" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T314" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U314" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V314" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W314" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X314" s="2">
         <v>45777</v>
       </c>
-      <c r="Z314" t="s">
-[...24 lines deleted...]
-    <row r="315" spans="1:33">
+    </row>
+    <row r="315" spans="1:24">
       <c r="A315" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="B315" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D315" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E315" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G315" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H315" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I315" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J315" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K315">
         <v>1760</v>
       </c>
       <c r="M315" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R315" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S315" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T315" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U315" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V315" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W315" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X315" s="2">
         <v>45777</v>
       </c>
-      <c r="Z315" t="s">
-[...24 lines deleted...]
-    <row r="316" spans="1:33">
+    </row>
+    <row r="316" spans="1:24">
       <c r="A316" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
       <c r="B316" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D316" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E316" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G316" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H316" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I316" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J316" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K316">
         <v>1825</v>
       </c>
       <c r="M316" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R316" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S316" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T316" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U316" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V316" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W316" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X316" s="2">
         <v>45777</v>
       </c>
-      <c r="Z316" t="s">
-[...24 lines deleted...]
-    <row r="317" spans="1:33">
+    </row>
+    <row r="317" spans="1:24">
       <c r="A317" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="B317" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D317" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E317" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G317" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H317" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I317" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J317" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K317">
         <v>1549</v>
       </c>
       <c r="M317" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R317" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S317" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T317" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U317" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V317" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W317" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X317" s="2">
         <v>45777</v>
       </c>
-      <c r="Z317" t="s">
-[...24 lines deleted...]
-    <row r="318" spans="1:33">
+    </row>
+    <row r="318" spans="1:24">
       <c r="A318" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="B318" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="D318" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E318" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G318" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H318" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I318" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J318" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K318">
         <v>1475</v>
       </c>
       <c r="M318" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R318" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S318" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T318" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U318" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V318" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W318" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X318" s="2">
         <v>45777</v>
       </c>
-      <c r="Z318" t="s">
-[...24 lines deleted...]
-    <row r="319" spans="1:33">
+    </row>
+    <row r="319" spans="1:24">
       <c r="A319" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="B319" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D319" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E319" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G319" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H319" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I319" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J319" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K319">
         <v>1549</v>
       </c>
       <c r="M319" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R319" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S319" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T319" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U319" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V319" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W319" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X319" s="2">
         <v>45777</v>
       </c>
-      <c r="Z319" t="s">
-[...24 lines deleted...]
-    <row r="320" spans="1:33">
+    </row>
+    <row r="320" spans="1:24">
       <c r="A320" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="B320" t="s">
+        <v>361</v>
+      </c>
+      <c r="D320" t="s">
+        <v>361</v>
+      </c>
+      <c r="E320" t="s">
         <v>369</v>
       </c>
-      <c r="D320" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G320" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H320" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I320" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J320" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K320">
         <v>1475</v>
       </c>
       <c r="M320" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R320" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S320" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T320" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U320" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V320" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W320" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X320" s="2">
         <v>45777</v>
       </c>
-      <c r="Z320" t="s">
-[...24 lines deleted...]
-    <row r="321" spans="1:33">
+    </row>
+    <row r="321" spans="1:24">
       <c r="A321" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="B321" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D321" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E321" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G321" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H321" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I321" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J321" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K321">
         <v>1549</v>
       </c>
       <c r="M321" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R321" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S321" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T321" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U321" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V321" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W321" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X321" s="2">
         <v>45777</v>
       </c>
-      <c r="Z321" t="s">
-[...24 lines deleted...]
-    <row r="322" spans="1:33">
+    </row>
+    <row r="322" spans="1:24">
       <c r="A322" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="B322" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="D322" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="E322" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G322" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="H322" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I322" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J322" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K322">
         <v>1825</v>
       </c>
       <c r="M322" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R322" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S322" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T322" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U322" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V322" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W322" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X322" s="2">
         <v>45777</v>
       </c>
-      <c r="Z322" t="s">
-[...24 lines deleted...]
-    <row r="323" spans="1:33">
+    </row>
+    <row r="323" spans="1:24">
       <c r="A323" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="B323" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D323" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E323" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G323" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H323" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I323" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J323" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K323">
         <v>1549</v>
       </c>
       <c r="M323" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R323" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S323" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T323" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U323" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V323" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W323" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X323" s="2">
         <v>45777</v>
       </c>
-      <c r="Z323" t="s">
-[...24 lines deleted...]
-    <row r="324" spans="1:33">
+    </row>
+    <row r="324" spans="1:24">
       <c r="A324" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="B324" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D324" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="E324" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="G324" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="H324" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="I324" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="J324" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="K324">
         <v>2174</v>
       </c>
       <c r="M324" t="s">
-        <v>599</v>
+        <v>591</v>
       </c>
       <c r="N324" s="2">
         <v>45632</v>
       </c>
       <c r="O324" s="2">
         <v>45816</v>
       </c>
       <c r="P324" s="2">
         <v>45632</v>
       </c>
       <c r="Q324" s="2">
         <v>46087</v>
       </c>
       <c r="R324" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S324" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T324" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U324" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V324" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W324" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X324" s="2">
         <v>45777</v>
       </c>
-      <c r="Z324" t="s">
-[...24 lines deleted...]
-    <row r="325" spans="1:33">
+    </row>
+    <row r="325" spans="1:24">
       <c r="A325" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="B325" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D325" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E325" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G325" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H325" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I325" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J325" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K325">
         <v>1549</v>
       </c>
       <c r="M325" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R325" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S325" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T325" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U325" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V325" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W325" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X325" s="2">
         <v>45777</v>
       </c>
-      <c r="Z325" t="s">
-[...24 lines deleted...]
-    <row r="326" spans="1:33">
+    </row>
+    <row r="326" spans="1:24">
       <c r="A326" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="B326" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D326" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E326" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G326" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H326" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I326" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J326" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K326">
         <v>1725</v>
       </c>
       <c r="M326" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R326" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S326" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T326" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U326" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V326" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W326" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X326" s="2">
         <v>45777</v>
       </c>
-      <c r="Z326" t="s">
-[...24 lines deleted...]
-    <row r="327" spans="1:33">
+    </row>
+    <row r="327" spans="1:24">
       <c r="A327" t="s">
+        <v>350</v>
+      </c>
+      <c r="B327" t="s">
         <v>358</v>
       </c>
-      <c r="B327" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D327" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E327" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G327" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H327" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="I327" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J327" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K327">
         <v>1760</v>
       </c>
       <c r="M327" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R327" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S327" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T327" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U327" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V327" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W327" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X327" s="2">
         <v>45777</v>
       </c>
-      <c r="Z327" t="s">
-[...24 lines deleted...]
-    <row r="328" spans="1:33">
+    </row>
+    <row r="328" spans="1:24">
       <c r="A328" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="B328" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D328" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E328" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G328" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H328" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I328" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J328" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K328">
         <v>1584</v>
       </c>
       <c r="M328" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R328" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S328" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T328" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U328" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V328" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W328" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X328" s="2">
         <v>45777</v>
       </c>
-      <c r="Z328" t="s">
-[...24 lines deleted...]
-    <row r="329" spans="1:33">
+    </row>
+    <row r="329" spans="1:24">
       <c r="A329" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="B329" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="D329" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E329" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G329" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H329" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I329" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J329" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K329">
         <v>1584</v>
       </c>
       <c r="M329" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R329" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S329" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T329" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U329" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V329" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W329" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X329" s="2">
         <v>45777</v>
       </c>
-      <c r="Z329" t="s">
-[...24 lines deleted...]
-    <row r="330" spans="1:33">
+    </row>
+    <row r="330" spans="1:24">
       <c r="A330" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B330" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D330" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E330" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G330" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H330" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I330" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J330" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K330">
         <v>1584</v>
       </c>
       <c r="M330" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R330" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S330" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T330" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U330" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V330" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W330" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X330" s="2">
         <v>45777</v>
       </c>
-      <c r="Z330" t="s">
-[...24 lines deleted...]
-    <row r="331" spans="1:33">
+    </row>
+    <row r="331" spans="1:24">
       <c r="A331" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="B331" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D331" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E331" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G331" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H331" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I331" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J331" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K331">
         <v>1584</v>
       </c>
       <c r="M331" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R331" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S331" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T331" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U331" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V331" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W331" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X331" s="2">
         <v>45777</v>
       </c>
-      <c r="Z331" t="s">
-[...24 lines deleted...]
-    <row r="332" spans="1:33">
+    </row>
+    <row r="332" spans="1:24">
       <c r="A332" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="B332" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="D332" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E332" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G332" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="H332" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I332" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J332" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K332">
         <v>1584</v>
       </c>
       <c r="M332" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R332" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S332" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T332" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U332" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V332" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W332" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X332" s="2">
         <v>45777</v>
       </c>
-      <c r="Z332" t="s">
-[...24 lines deleted...]
-    <row r="333" spans="1:33">
+    </row>
+    <row r="333" spans="1:24">
       <c r="A333" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="B333" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="D333" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E333" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="G333" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H333" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="I333" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="J333" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="K333">
         <v>1760</v>
       </c>
       <c r="M333" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="R333" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="S333" t="s">
-        <v>605</v>
+        <v>597</v>
       </c>
       <c r="T333" t="s">
-        <v>606</v>
+        <v>598</v>
       </c>
       <c r="U333" t="s">
-        <v>607</v>
+        <v>599</v>
       </c>
       <c r="V333" t="s">
-        <v>608</v>
+        <v>600</v>
       </c>
       <c r="W333" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="X333" s="2">
         <v>45777</v>
-      </c>
-[...22 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>