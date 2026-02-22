--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1689" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1773" uniqueCount="27">
   <si>
     <t>account_receivables</t>
   </si>
   <si>
     <t>value</t>
   </si>
   <si>
     <t>source</t>
   </si>
   <si>
     <t>system</t>
   </si>
   <si>
     <t>client_id</t>
   </si>
   <si>
     <t>deal_id</t>
   </si>
   <si>
     <t>file_name</t>
   </si>
   <si>
     <t>file_type</t>
   </si>
   <si>
@@ -66,66 +66,72 @@
   <si>
     <t>31 to 60 Days</t>
   </si>
   <si>
     <t>61 to 90 Days</t>
   </si>
   <si>
     <t>90 Plus Days</t>
   </si>
   <si>
     <t>Pre Payments</t>
   </si>
   <si>
     <t>Balance</t>
   </si>
   <si>
     <t>sharepoint</t>
   </si>
   <si>
     <t>Manual</t>
   </si>
   <si>
     <t>GCA</t>
   </si>
   <si>
-    <t>GCA1003</t>
+    <t>GCA1002</t>
   </si>
   <si>
-    <t>GCA1002</t>
+    <t>GCA1006</t>
   </si>
   <si>
     <t>GCA1004</t>
   </si>
   <si>
-    <t>sharepoint/manual_data/GCA/GCA1003/GCA__GCA1003__Manual - GCA1003 V2.xlsx</t>
+    <t>GCA1003</t>
   </si>
   <si>
     <t>sharepoint/manual_data/GCA/GCA1002/GCA__GCA1002__Manual - GCA1002 V2.xlsx</t>
   </si>
   <si>
+    <t>sharepoint/manual_data/GCA/GCA1006/GCA__GCA1006__Manual - GCA1006 V2.xlsx</t>
+  </si>
+  <si>
     <t>sharepoint/manual_data/GCA/GCA1004/GCA__GCA1004__Manual - GCA1004 V2.xlsx</t>
+  </si>
+  <si>
+    <t>sharepoint/manual_data/GCA/GCA1003/GCA__GCA1003__Manual - GCA1003 V2.xlsx</t>
   </si>
   <si>
     <t>3. Resident AR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -450,7043 +456,7391 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I241"/>
+  <dimension ref="A1:I253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2">
-        <v>4443.550000000001</v>
+        <v>1819</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>16</v>
       </c>
       <c r="E2" t="s">
         <v>17</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I2" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3">
-        <v>1404.64</v>
+        <v>285</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I3" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4">
-        <v>2018.48</v>
+        <v>0</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>16</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I4" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5">
-        <v>4032.36</v>
+        <v>0</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I5" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6">
-        <v>15086.38</v>
+        <v>14598</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I6" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7">
-        <v>3187.349999999997</v>
+        <v>12494</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I7" s="2">
-        <v>44985</v>
+        <v>45688</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8">
-        <v>9431.379999999999</v>
+        <v>3488.31</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I8" s="2">
-        <v>45016</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9">
-        <v>943.51</v>
+        <v>2736.47</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I9" s="2">
-        <v>45016</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
-        <v>2014.32</v>
+        <v>393.72</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I10" s="2">
-        <v>45016</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
-        <v>6050.84</v>
+        <v>0</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I11" s="2">
-        <v>45016</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>13</v>
       </c>
       <c r="B12">
-        <v>8684.719999999999</v>
+        <v>6689.58</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12" t="s">
         <v>17</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I12" s="2">
-        <v>45016</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13">
-        <v>-9755.33</v>
+        <v>13308.08</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>16</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>18</v>
       </c>
       <c r="G13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H13" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I13" s="2">
-        <v>45016</v>
+        <v>45777</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14">
-        <v>14155.52</v>
+        <v>158.05</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>16</v>
       </c>
       <c r="E14" t="s">
         <v>17</v>
       </c>
       <c r="F14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G14" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I14" s="2">
-        <v>45046</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15">
-        <v>5152.64</v>
+        <v>0</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>16</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G15" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I15" s="2">
-        <v>45046</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16">
-        <v>1608.37</v>
+        <v>0</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>16</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G16" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I16" s="2">
-        <v>45046</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17">
-        <v>8065.16</v>
+        <v>0</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
         <v>16</v>
       </c>
       <c r="E17" t="s">
         <v>17</v>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G17" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I17" s="2">
-        <v>45046</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>13</v>
       </c>
       <c r="B18">
-        <v>9571.68</v>
+        <v>93874.14</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18" t="s">
         <v>16</v>
       </c>
       <c r="E18" t="s">
         <v>17</v>
       </c>
       <c r="F18" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G18" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I18" s="2">
-        <v>45046</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19">
-        <v>-19410.01</v>
+        <v>93716.09</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
       <c r="D19" t="s">
         <v>16</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G19" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I19" s="2">
-        <v>45046</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20">
-        <v>381.86</v>
+        <v>2051.37</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G20" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H20" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I20" s="2">
-        <v>45077</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G21" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I21" s="2">
-        <v>45077</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>16</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G22" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I22" s="2">
-        <v>45077</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>16</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G23" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I23" s="2">
-        <v>45077</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>13</v>
       </c>
       <c r="B24">
-        <v>12841.95</v>
+        <v>105207.61</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>16</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G24" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H24" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I24" s="2">
-        <v>45077</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>14</v>
       </c>
       <c r="B25">
-        <v>12460.09</v>
+        <v>107258.98</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25" t="s">
         <v>16</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G25" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H25" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I25" s="2">
-        <v>45077</v>
+        <v>45991</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26">
-        <v>5216.49</v>
+        <v>0</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>16</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H26" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I26" s="2">
-        <v>45107</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>16</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I27" s="2">
-        <v>45107</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28" t="s">
         <v>16</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H28" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I28" s="2">
-        <v>45107</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29" t="s">
         <v>16</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I29" s="2">
-        <v>45107</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>13</v>
       </c>
       <c r="B30">
-        <v>7895.98</v>
+        <v>0.33</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
       <c r="D30" t="s">
         <v>16</v>
       </c>
       <c r="E30" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H30" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I30" s="2">
-        <v>45107</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31">
-        <v>2679.49</v>
+        <v>0.33</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="D31" t="s">
         <v>16</v>
       </c>
       <c r="E31" t="s">
         <v>17</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H31" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I31" s="2">
-        <v>45107</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>9</v>
       </c>
       <c r="B32">
-        <v>4755.9</v>
+        <v>1473.7</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
       </c>
       <c r="D32" t="s">
         <v>16</v>
       </c>
       <c r="E32" t="s">
         <v>17</v>
       </c>
       <c r="F32" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I32" s="2">
-        <v>45138</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>16</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I33" s="2">
-        <v>45138</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>16</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I34" s="2">
-        <v>45138</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>16</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
       <c r="F35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H35" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I35" s="2">
-        <v>45138</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>13</v>
       </c>
       <c r="B36">
-        <v>4180.7</v>
+        <v>5194</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36" t="s">
         <v>16</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H36" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I36" s="2">
-        <v>45138</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>14</v>
       </c>
       <c r="B37">
-        <v>-575.1999999999998</v>
+        <v>3515.3</v>
       </c>
       <c r="C37" t="s">
         <v>15</v>
       </c>
       <c r="D37" t="s">
         <v>16</v>
       </c>
       <c r="E37" t="s">
         <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I37" s="2">
-        <v>45138</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>9</v>
       </c>
       <c r="B38">
-        <v>9805.770000000004</v>
+        <v>3500.24</v>
       </c>
       <c r="C38" t="s">
         <v>15</v>
       </c>
       <c r="D38" t="s">
         <v>16</v>
       </c>
       <c r="E38" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I38" s="2">
-        <v>45169</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39">
-        <v>3624.42</v>
+        <v>544</v>
       </c>
       <c r="C39" t="s">
         <v>15</v>
       </c>
       <c r="D39" t="s">
         <v>16</v>
       </c>
       <c r="E39" t="s">
         <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I39" s="2">
-        <v>45169</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40" t="s">
         <v>16</v>
       </c>
       <c r="E40" t="s">
         <v>17</v>
       </c>
       <c r="F40" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H40" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I40" s="2">
-        <v>45169</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41" t="s">
         <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>16</v>
       </c>
       <c r="E41" t="s">
         <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H41" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I41" s="2">
-        <v>45169</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>13</v>
       </c>
       <c r="B42">
-        <v>17137.87</v>
+        <v>33742.49</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>16</v>
       </c>
       <c r="E42" t="s">
         <v>17</v>
       </c>
       <c r="F42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I42" s="2">
-        <v>45169</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>14</v>
       </c>
       <c r="B43">
-        <v>3707.679999999995</v>
+        <v>29698.25</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43" t="s">
         <v>16</v>
       </c>
       <c r="E43" t="s">
         <v>17</v>
       </c>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I43" s="2">
-        <v>45169</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>9</v>
       </c>
       <c r="B44">
-        <v>199.1700000000001</v>
+        <v>7370.92</v>
       </c>
       <c r="C44" t="s">
         <v>15</v>
       </c>
       <c r="D44" t="s">
         <v>16</v>
       </c>
       <c r="E44" t="s">
         <v>17</v>
       </c>
       <c r="F44" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H44" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I44" s="2">
-        <v>45199</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45" t="s">
         <v>15</v>
       </c>
       <c r="D45" t="s">
         <v>16</v>
       </c>
       <c r="E45" t="s">
         <v>17</v>
       </c>
       <c r="F45" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I45" s="2">
-        <v>45199</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46">
-        <v>335</v>
+        <v>0</v>
       </c>
       <c r="C46" t="s">
         <v>15</v>
       </c>
       <c r="D46" t="s">
         <v>16</v>
       </c>
       <c r="E46" t="s">
         <v>17</v>
       </c>
       <c r="F46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H46" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I46" s="2">
-        <v>45199</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>12</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>16</v>
       </c>
       <c r="E47" t="s">
         <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I47" s="2">
-        <v>45199</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>13</v>
       </c>
       <c r="B48">
-        <v>11536.88</v>
+        <v>32251.18</v>
       </c>
       <c r="C48" t="s">
         <v>15</v>
       </c>
       <c r="D48" t="s">
         <v>16</v>
       </c>
       <c r="E48" t="s">
         <v>17</v>
       </c>
       <c r="F48" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I48" s="2">
-        <v>45199</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>14</v>
       </c>
       <c r="B49">
-        <v>11002.71</v>
+        <v>24880.26</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49" t="s">
         <v>16</v>
       </c>
       <c r="E49" t="s">
         <v>17</v>
       </c>
       <c r="F49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I49" s="2">
-        <v>45199</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>9</v>
       </c>
       <c r="B50">
-        <v>1431.920000000001</v>
+        <v>2264.81</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" t="s">
         <v>16</v>
       </c>
       <c r="E50" t="s">
         <v>17</v>
       </c>
       <c r="F50" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I50" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51">
-        <v>0</v>
+        <v>10.52</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>16</v>
       </c>
       <c r="E51" t="s">
         <v>17</v>
       </c>
       <c r="F51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H51" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I51" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52">
-        <v>0</v>
+        <v>8.859999999999999</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>16</v>
       </c>
       <c r="E52" t="s">
         <v>17</v>
       </c>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I52" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>12</v>
       </c>
       <c r="B53">
-        <v>335</v>
+        <v>0</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53" t="s">
         <v>16</v>
       </c>
       <c r="E53" t="s">
         <v>17</v>
       </c>
       <c r="F53" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H53" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I53" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>13</v>
       </c>
       <c r="B54">
-        <v>13285.86</v>
+        <v>44057.06</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
         <v>16</v>
       </c>
       <c r="E54" t="s">
         <v>17</v>
       </c>
       <c r="F54" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I54" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>14</v>
       </c>
       <c r="B55">
-        <v>11518.94</v>
+        <v>41772.87</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>16</v>
       </c>
       <c r="E55" t="s">
         <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H55" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I55" s="2">
-        <v>45230</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56">
-        <v>5837.95</v>
+        <v>7124.51</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>16</v>
       </c>
       <c r="E56" t="s">
         <v>17</v>
       </c>
       <c r="F56" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H56" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I56" s="2">
-        <v>45260</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>10</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>16</v>
       </c>
       <c r="E57" t="s">
         <v>17</v>
       </c>
       <c r="F57" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H57" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I57" s="2">
-        <v>45260</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58">
-        <v>0</v>
+        <v>12.13</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" t="s">
         <v>16</v>
       </c>
       <c r="E58" t="s">
         <v>17</v>
       </c>
       <c r="F58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H58" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I58" s="2">
-        <v>45260</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59">
-        <v>335</v>
+        <v>19.08</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
       <c r="E59" t="s">
         <v>17</v>
       </c>
       <c r="F59" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I59" s="2">
-        <v>45260</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>13</v>
       </c>
       <c r="B60">
-        <v>12959.82</v>
+        <v>69475.53999999999</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>16</v>
       </c>
       <c r="E60" t="s">
         <v>17</v>
       </c>
       <c r="F60" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I60" s="2">
-        <v>45260</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>14</v>
       </c>
       <c r="B61">
-        <v>6786.87</v>
+        <v>62319.81999999999</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>16</v>
       </c>
       <c r="E61" t="s">
         <v>17</v>
       </c>
       <c r="F61" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H61" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I61" s="2">
-        <v>45260</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62">
-        <v>5264.629999999999</v>
+        <v>6575.58</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
         <v>16</v>
       </c>
       <c r="E62" t="s">
         <v>17</v>
       </c>
       <c r="F62" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H62" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I62" s="2">
-        <v>45291</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>10</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>16</v>
       </c>
       <c r="E63" t="s">
         <v>17</v>
       </c>
       <c r="F63" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I63" s="2">
-        <v>45291</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>16</v>
       </c>
       <c r="E64" t="s">
         <v>17</v>
       </c>
       <c r="F64" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H64" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I64" s="2">
-        <v>45291</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65">
-        <v>335</v>
+        <v>31.21</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
         <v>16</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I65" s="2">
-        <v>45291</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>13</v>
       </c>
       <c r="B66">
-        <v>14598.52</v>
+        <v>79320.83</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>16</v>
       </c>
       <c r="E66" t="s">
         <v>17</v>
       </c>
       <c r="F66" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H66" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I66" s="2">
-        <v>45291</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>14</v>
       </c>
       <c r="B67">
-        <v>8998.890000000001</v>
+        <v>72714.04000000001</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>16</v>
       </c>
       <c r="E67" t="s">
         <v>17</v>
       </c>
       <c r="F67" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H67" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I67" s="2">
-        <v>45291</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>9</v>
       </c>
       <c r="B68">
-        <v>4411.619999999999</v>
+        <v>8916.879999999999</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
         <v>16</v>
       </c>
       <c r="E68" t="s">
         <v>17</v>
       </c>
       <c r="F68" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H68" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I68" s="2">
-        <v>45322</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>10</v>
       </c>
       <c r="B69">
-        <v>0</v>
+        <v>4468.59</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>16</v>
       </c>
       <c r="E69" t="s">
         <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I69" s="2">
-        <v>45322</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>11</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>16</v>
       </c>
       <c r="E70" t="s">
         <v>17</v>
       </c>
       <c r="F70" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I70" s="2">
-        <v>45322</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>12</v>
       </c>
       <c r="B71">
-        <v>335</v>
+        <v>31.21</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
         <v>16</v>
       </c>
       <c r="E71" t="s">
         <v>17</v>
       </c>
       <c r="F71" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H71" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I71" s="2">
-        <v>45322</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>13</v>
       </c>
       <c r="B72">
-        <v>17047.42</v>
+        <v>98291.41</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
         <v>16</v>
       </c>
       <c r="E72" t="s">
         <v>17</v>
       </c>
       <c r="F72" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I72" s="2">
-        <v>45322</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>14</v>
       </c>
       <c r="B73">
-        <v>12300.8</v>
+        <v>84874.73000000001</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>16</v>
       </c>
       <c r="E73" t="s">
         <v>17</v>
       </c>
       <c r="F73" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I73" s="2">
-        <v>45322</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74">
-        <v>12983.26</v>
+        <v>8485.9</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>16</v>
       </c>
       <c r="E74" t="s">
         <v>17</v>
       </c>
       <c r="F74" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I74" s="2">
-        <v>45351</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>10</v>
       </c>
       <c r="B75">
-        <v>0</v>
+        <v>2677.14</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>16</v>
       </c>
       <c r="E75" t="s">
         <v>17</v>
       </c>
       <c r="F75" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H75" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I75" s="2">
-        <v>45351</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>11</v>
       </c>
       <c r="B76">
-        <v>0</v>
+        <v>2263.8</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76" t="s">
         <v>16</v>
       </c>
       <c r="E76" t="s">
         <v>17</v>
       </c>
       <c r="F76" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I76" s="2">
-        <v>45351</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>12</v>
       </c>
       <c r="B77">
-        <v>335</v>
+        <v>31.21</v>
       </c>
       <c r="C77" t="s">
         <v>15</v>
       </c>
       <c r="D77" t="s">
         <v>16</v>
       </c>
       <c r="E77" t="s">
         <v>17</v>
       </c>
       <c r="F77" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H77" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I77" s="2">
-        <v>45351</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>13</v>
       </c>
       <c r="B78">
-        <v>37836.52</v>
+        <v>80726.94</v>
       </c>
       <c r="C78" t="s">
         <v>15</v>
       </c>
       <c r="D78" t="s">
         <v>16</v>
       </c>
       <c r="E78" t="s">
         <v>17</v>
       </c>
       <c r="F78" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I78" s="2">
-        <v>45351</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>14</v>
       </c>
       <c r="B79">
-        <v>24518.25999999999</v>
+        <v>67268.89</v>
       </c>
       <c r="C79" t="s">
         <v>15</v>
       </c>
       <c r="D79" t="s">
         <v>16</v>
       </c>
       <c r="E79" t="s">
         <v>17</v>
       </c>
       <c r="F79" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H79" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I79" s="2">
-        <v>45351</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80">
-        <v>15642.77</v>
+        <v>10490.58</v>
       </c>
       <c r="C80" t="s">
         <v>15</v>
       </c>
       <c r="D80" t="s">
         <v>16</v>
       </c>
       <c r="E80" t="s">
         <v>17</v>
       </c>
       <c r="F80" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I80" s="2">
-        <v>45382</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>10</v>
       </c>
       <c r="B81">
-        <v>0</v>
+        <v>4222.61</v>
       </c>
       <c r="C81" t="s">
         <v>15</v>
       </c>
       <c r="D81" t="s">
         <v>16</v>
       </c>
       <c r="E81" t="s">
         <v>17</v>
       </c>
       <c r="F81" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I81" s="2">
-        <v>45382</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>11</v>
       </c>
       <c r="B82">
-        <v>0</v>
+        <v>183.51</v>
       </c>
       <c r="C82" t="s">
         <v>15</v>
       </c>
       <c r="D82" t="s">
         <v>16</v>
       </c>
       <c r="E82" t="s">
         <v>17</v>
       </c>
       <c r="F82" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I82" s="2">
-        <v>45382</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>12</v>
       </c>
       <c r="B83">
-        <v>335</v>
+        <v>109.51</v>
       </c>
       <c r="C83" t="s">
         <v>15</v>
       </c>
       <c r="D83" t="s">
         <v>16</v>
       </c>
       <c r="E83" t="s">
         <v>17</v>
       </c>
       <c r="F83" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I83" s="2">
-        <v>45382</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>13</v>
       </c>
       <c r="B84">
-        <v>39027.37</v>
+        <v>83657.57000000001</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84" t="s">
         <v>16</v>
       </c>
       <c r="E84" t="s">
         <v>17</v>
       </c>
       <c r="F84" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H84" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I84" s="2">
-        <v>45382</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>14</v>
       </c>
       <c r="B85">
-        <v>23049.60000000001</v>
+        <v>68651.36000000002</v>
       </c>
       <c r="C85" t="s">
         <v>15</v>
       </c>
       <c r="D85" t="s">
         <v>16</v>
       </c>
       <c r="E85" t="s">
         <v>17</v>
       </c>
       <c r="F85" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I85" s="2">
-        <v>45382</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>9</v>
       </c>
       <c r="B86">
-        <v>12896.22</v>
+        <v>3907.39</v>
       </c>
       <c r="C86" t="s">
         <v>15</v>
       </c>
       <c r="D86" t="s">
         <v>16</v>
       </c>
       <c r="E86" t="s">
         <v>17</v>
       </c>
       <c r="F86" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H86" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I86" s="2">
-        <v>45412</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>10</v>
       </c>
       <c r="B87">
-        <v>9151.870000000001</v>
+        <v>298.27</v>
       </c>
       <c r="C87" t="s">
         <v>15</v>
       </c>
       <c r="D87" t="s">
         <v>16</v>
       </c>
       <c r="E87" t="s">
         <v>17</v>
       </c>
       <c r="F87" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I87" s="2">
-        <v>45412</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>11</v>
       </c>
       <c r="B88">
-        <v>0</v>
+        <v>189.48</v>
       </c>
       <c r="C88" t="s">
         <v>15</v>
       </c>
       <c r="D88" t="s">
         <v>16</v>
       </c>
       <c r="E88" t="s">
         <v>17</v>
       </c>
       <c r="F88" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I88" s="2">
-        <v>45412</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>12</v>
       </c>
       <c r="B89">
-        <v>335</v>
+        <v>1301.31</v>
       </c>
       <c r="C89" t="s">
         <v>15</v>
       </c>
       <c r="D89" t="s">
         <v>16</v>
       </c>
       <c r="E89" t="s">
         <v>17</v>
       </c>
       <c r="F89" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I89" s="2">
-        <v>45412</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>13</v>
       </c>
       <c r="B90">
-        <v>38641.89</v>
+        <v>44873.75</v>
       </c>
       <c r="C90" t="s">
         <v>15</v>
       </c>
       <c r="D90" t="s">
         <v>16</v>
       </c>
       <c r="E90" t="s">
         <v>17</v>
       </c>
       <c r="F90" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H90" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I90" s="2">
-        <v>45412</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>14</v>
       </c>
       <c r="B91">
-        <v>16258.8</v>
+        <v>39177.3</v>
       </c>
       <c r="C91" t="s">
         <v>15</v>
       </c>
       <c r="D91" t="s">
         <v>16</v>
       </c>
       <c r="E91" t="s">
         <v>17</v>
       </c>
       <c r="F91" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H91" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I91" s="2">
-        <v>45412</v>
+        <v>45838</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>9</v>
       </c>
       <c r="B92">
-        <v>11568.76</v>
+        <v>1098.27</v>
       </c>
       <c r="C92" t="s">
         <v>15</v>
       </c>
       <c r="D92" t="s">
         <v>16</v>
       </c>
       <c r="E92" t="s">
         <v>17</v>
       </c>
       <c r="F92" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H92" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I92" s="2">
-        <v>45443</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>10</v>
       </c>
       <c r="B93">
-        <v>2035.16</v>
+        <v>273.93</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>16</v>
       </c>
       <c r="E93" t="s">
         <v>17</v>
       </c>
       <c r="F93" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H93" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I93" s="2">
-        <v>45443</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>11</v>
       </c>
       <c r="B94">
-        <v>0</v>
+        <v>224.27</v>
       </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94" t="s">
         <v>16</v>
       </c>
       <c r="E94" t="s">
         <v>17</v>
       </c>
       <c r="F94" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H94" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I94" s="2">
-        <v>45443</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>12</v>
       </c>
       <c r="B95">
-        <v>335</v>
+        <v>1490.79</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
         <v>16</v>
       </c>
       <c r="E95" t="s">
         <v>17</v>
       </c>
       <c r="F95" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H95" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I95" s="2">
-        <v>45443</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>13</v>
       </c>
       <c r="B96">
-        <v>25002.65</v>
+        <v>34410.41</v>
       </c>
       <c r="C96" t="s">
         <v>15</v>
       </c>
       <c r="D96" t="s">
         <v>16</v>
       </c>
       <c r="E96" t="s">
         <v>17</v>
       </c>
       <c r="F96" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H96" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I96" s="2">
-        <v>45443</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>14</v>
       </c>
       <c r="B97">
-        <v>11063.73000000001</v>
+        <v>31323.15</v>
       </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97" t="s">
         <v>16</v>
       </c>
       <c r="E97" t="s">
         <v>17</v>
       </c>
       <c r="F97" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H97" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I97" s="2">
-        <v>45443</v>
+        <v>45869</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>9</v>
       </c>
       <c r="B98">
-        <v>5556.91</v>
+        <v>3136.85</v>
       </c>
       <c r="C98" t="s">
         <v>15</v>
       </c>
       <c r="D98" t="s">
         <v>16</v>
       </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H98" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I98" s="2">
-        <v>45473</v>
+        <v>45900</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>10</v>
       </c>
       <c r="B99">
-        <v>2395.41</v>
+        <v>0</v>
       </c>
       <c r="C99" t="s">
         <v>15</v>
       </c>
       <c r="D99" t="s">
         <v>16</v>
       </c>
       <c r="E99" t="s">
         <v>17</v>
       </c>
       <c r="F99" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H99" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I99" s="2">
-        <v>45473</v>
+        <v>45900</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>11</v>
       </c>
       <c r="B100">
-        <v>1700.16</v>
+        <v>0</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100" t="s">
         <v>16</v>
       </c>
       <c r="E100" t="s">
         <v>17</v>
       </c>
       <c r="F100" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H100" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I100" s="2">
-        <v>45473</v>
+        <v>45900</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>12</v>
       </c>
       <c r="B101">
-        <v>335</v>
+        <v>0</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" t="s">
         <v>16</v>
       </c>
       <c r="E101" t="s">
         <v>17</v>
       </c>
       <c r="F101" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H101" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I101" s="2">
-        <v>45473</v>
+        <v>45900</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>13</v>
       </c>
       <c r="B102">
-        <v>16740.82</v>
+        <v>44982.19</v>
       </c>
       <c r="C102" t="s">
         <v>15</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
       <c r="E102" t="s">
         <v>17</v>
       </c>
       <c r="F102" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H102" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I102" s="2">
-        <v>45473</v>
+        <v>45900</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>14</v>
       </c>
       <c r="B103">
-        <v>6753.34</v>
+        <v>41845.34</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" t="s">
         <v>16</v>
       </c>
       <c r="E103" t="s">
         <v>17</v>
       </c>
       <c r="F103" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H103" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I103" s="2">
-        <v>45473</v>
+        <v>45900</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>9</v>
       </c>
       <c r="B104">
-        <v>8957.32</v>
+        <v>4443.550000000001</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" t="s">
         <v>16</v>
       </c>
       <c r="E104" t="s">
         <v>17</v>
       </c>
       <c r="F104" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H104" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I104" s="2">
-        <v>45504</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>10</v>
       </c>
       <c r="B105">
-        <v>2623.58</v>
+        <v>1404.64</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105" t="s">
         <v>16</v>
       </c>
       <c r="E105" t="s">
         <v>17</v>
       </c>
       <c r="F105" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H105" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I105" s="2">
-        <v>45504</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>11</v>
       </c>
       <c r="B106">
-        <v>2395.41</v>
+        <v>2018.48</v>
       </c>
       <c r="C106" t="s">
         <v>15</v>
       </c>
       <c r="D106" t="s">
         <v>16</v>
       </c>
       <c r="E106" t="s">
         <v>17</v>
       </c>
       <c r="F106" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H106" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I106" s="2">
-        <v>45504</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>12</v>
       </c>
       <c r="B107">
-        <v>2035.16</v>
+        <v>4032.36</v>
       </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107" t="s">
         <v>16</v>
       </c>
       <c r="E107" t="s">
         <v>17</v>
       </c>
       <c r="F107" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H107" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I107" s="2">
-        <v>45504</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>13</v>
       </c>
       <c r="B108">
-        <v>17002.19</v>
+        <v>15086.38</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>16</v>
       </c>
       <c r="E108" t="s">
         <v>17</v>
       </c>
       <c r="F108" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H108" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I108" s="2">
-        <v>45504</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>14</v>
       </c>
       <c r="B109">
-        <v>990.7199999999993</v>
+        <v>3187.349999999997</v>
       </c>
       <c r="C109" t="s">
         <v>15</v>
       </c>
       <c r="D109" t="s">
         <v>16</v>
       </c>
       <c r="E109" t="s">
         <v>17</v>
       </c>
       <c r="F109" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G109" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H109" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I109" s="2">
-        <v>45504</v>
+        <v>44985</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>9</v>
       </c>
       <c r="B110">
-        <v>2564.69</v>
+        <v>9431.379999999999</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110" t="s">
         <v>16</v>
       </c>
       <c r="E110" t="s">
         <v>17</v>
       </c>
       <c r="F110" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H110" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I110" s="2">
-        <v>45535</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>10</v>
       </c>
       <c r="B111">
-        <v>2867.76</v>
+        <v>943.51</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" t="s">
         <v>16</v>
       </c>
       <c r="E111" t="s">
         <v>17</v>
       </c>
       <c r="F111" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H111" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I111" s="2">
-        <v>45535</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>11</v>
       </c>
       <c r="B112">
-        <v>2773.58</v>
+        <v>2014.32</v>
       </c>
       <c r="C112" t="s">
         <v>15</v>
       </c>
       <c r="D112" t="s">
         <v>16</v>
       </c>
       <c r="E112" t="s">
         <v>17</v>
       </c>
       <c r="F112" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H112" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I112" s="2">
-        <v>45535</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>12</v>
       </c>
       <c r="B113">
-        <v>7338.48</v>
+        <v>6050.84</v>
       </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113" t="s">
         <v>16</v>
       </c>
       <c r="E113" t="s">
         <v>17</v>
       </c>
       <c r="F113" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H113" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I113" s="2">
-        <v>45535</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>13</v>
       </c>
       <c r="B114">
-        <v>26367.12</v>
+        <v>8684.719999999999</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" t="s">
         <v>16</v>
       </c>
       <c r="E114" t="s">
         <v>17</v>
       </c>
       <c r="F114" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G114" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H114" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I114" s="2">
-        <v>45535</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>14</v>
       </c>
       <c r="B115">
-        <v>10822.61</v>
+        <v>-9755.33</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" t="s">
         <v>16</v>
       </c>
       <c r="E115" t="s">
         <v>17</v>
       </c>
       <c r="F115" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G115" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H115" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I115" s="2">
-        <v>45535</v>
+        <v>45016</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>9</v>
       </c>
       <c r="B116">
-        <v>6148.8</v>
+        <v>14155.52</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" t="s">
         <v>16</v>
       </c>
       <c r="E116" t="s">
         <v>17</v>
       </c>
       <c r="F116" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G116" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H116" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I116" s="2">
-        <v>45565</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>10</v>
       </c>
       <c r="B117">
-        <v>2483.57</v>
+        <v>5152.64</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" t="s">
         <v>16</v>
       </c>
       <c r="E117" t="s">
         <v>17</v>
       </c>
       <c r="F117" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H117" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I117" s="2">
-        <v>45565</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>11</v>
       </c>
       <c r="B118">
-        <v>2867.76</v>
+        <v>1608.37</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" t="s">
         <v>16</v>
       </c>
       <c r="E118" t="s">
         <v>17</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G118" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H118" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I118" s="2">
-        <v>45565</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>12</v>
       </c>
       <c r="B119">
-        <v>7321.59</v>
+        <v>8065.16</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
         <v>16</v>
       </c>
       <c r="E119" t="s">
         <v>17</v>
       </c>
       <c r="F119" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G119" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H119" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I119" s="2">
-        <v>45565</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>13</v>
       </c>
       <c r="B120">
-        <v>16695.6</v>
+        <v>9571.68</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120" t="s">
         <v>16</v>
       </c>
       <c r="E120" t="s">
         <v>17</v>
       </c>
       <c r="F120" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G120" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H120" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I120" s="2">
-        <v>45565</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>14</v>
       </c>
       <c r="B121">
-        <v>-2126.120000000003</v>
+        <v>-19410.01</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
         <v>16</v>
       </c>
       <c r="E121" t="s">
         <v>17</v>
       </c>
       <c r="F121" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G121" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H121" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I121" s="2">
-        <v>45565</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>9</v>
       </c>
       <c r="B122">
-        <v>5983.08</v>
+        <v>381.86</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
         <v>16</v>
       </c>
       <c r="E122" t="s">
         <v>17</v>
       </c>
       <c r="F122" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G122" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H122" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I122" s="2">
-        <v>45596</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>10</v>
       </c>
       <c r="B123">
-        <v>272.24</v>
+        <v>0</v>
       </c>
       <c r="C123" t="s">
         <v>15</v>
       </c>
       <c r="D123" t="s">
         <v>16</v>
       </c>
       <c r="E123" t="s">
         <v>17</v>
       </c>
       <c r="F123" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H123" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I123" s="2">
-        <v>45596</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>11</v>
       </c>
       <c r="B124">
         <v>0</v>
       </c>
       <c r="C124" t="s">
         <v>15</v>
       </c>
       <c r="D124" t="s">
         <v>16</v>
       </c>
       <c r="E124" t="s">
         <v>17</v>
       </c>
       <c r="F124" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G124" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H124" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I124" s="2">
-        <v>45596</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>12</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
         <v>16</v>
       </c>
       <c r="E125" t="s">
         <v>17</v>
       </c>
       <c r="F125" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G125" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H125" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I125" s="2">
-        <v>45596</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>13</v>
       </c>
       <c r="B126">
-        <v>6884.67</v>
+        <v>12841.95</v>
       </c>
       <c r="C126" t="s">
         <v>15</v>
       </c>
       <c r="D126" t="s">
         <v>16</v>
       </c>
       <c r="E126" t="s">
         <v>17</v>
       </c>
       <c r="F126" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G126" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H126" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I126" s="2">
-        <v>45596</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>14</v>
       </c>
       <c r="B127">
-        <v>629.3500000000004</v>
+        <v>12460.09</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127" t="s">
         <v>16</v>
       </c>
       <c r="E127" t="s">
         <v>17</v>
       </c>
       <c r="F127" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G127" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H127" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I127" s="2">
-        <v>45596</v>
+        <v>45077</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>9</v>
       </c>
       <c r="B128">
-        <v>3511.12</v>
+        <v>5216.49</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128" t="s">
         <v>16</v>
       </c>
       <c r="E128" t="s">
         <v>17</v>
       </c>
       <c r="F128" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H128" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I128" s="2">
-        <v>45626</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>10</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129" t="s">
         <v>15</v>
       </c>
       <c r="D129" t="s">
         <v>16</v>
       </c>
       <c r="E129" t="s">
         <v>17</v>
       </c>
       <c r="F129" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G129" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H129" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I129" s="2">
-        <v>45626</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>11</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130" t="s">
         <v>15</v>
       </c>
       <c r="D130" t="s">
         <v>16</v>
       </c>
       <c r="E130" t="s">
         <v>17</v>
       </c>
       <c r="F130" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H130" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I130" s="2">
-        <v>45626</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>12</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
       <c r="C131" t="s">
         <v>15</v>
       </c>
       <c r="D131" t="s">
         <v>16</v>
       </c>
       <c r="E131" t="s">
         <v>17</v>
       </c>
       <c r="F131" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G131" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H131" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I131" s="2">
-        <v>45626</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>13</v>
       </c>
       <c r="B132">
-        <v>9307.190000000001</v>
+        <v>7895.98</v>
       </c>
       <c r="C132" t="s">
         <v>15</v>
       </c>
       <c r="D132" t="s">
         <v>16</v>
       </c>
       <c r="E132" t="s">
         <v>17</v>
       </c>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H132" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I132" s="2">
-        <v>45626</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>14</v>
       </c>
       <c r="B133">
-        <v>5796.070000000001</v>
+        <v>2679.49</v>
       </c>
       <c r="C133" t="s">
         <v>15</v>
       </c>
       <c r="D133" t="s">
         <v>16</v>
       </c>
       <c r="E133" t="s">
         <v>17</v>
       </c>
       <c r="F133" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H133" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I133" s="2">
-        <v>45626</v>
+        <v>45107</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>9</v>
       </c>
       <c r="B134">
-        <v>491.99</v>
+        <v>4755.9</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
         <v>16</v>
       </c>
       <c r="E134" t="s">
         <v>17</v>
       </c>
       <c r="F134" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H134" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I134" s="2">
-        <v>45657</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>10</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135" t="s">
         <v>15</v>
       </c>
       <c r="D135" t="s">
         <v>16</v>
       </c>
       <c r="E135" t="s">
         <v>17</v>
       </c>
       <c r="F135" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H135" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I135" s="2">
-        <v>45657</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>11</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136" t="s">
         <v>15</v>
       </c>
       <c r="D136" t="s">
         <v>16</v>
       </c>
       <c r="E136" t="s">
         <v>17</v>
       </c>
       <c r="F136" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H136" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I136" s="2">
-        <v>45657</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>12</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
       <c r="C137" t="s">
         <v>15</v>
       </c>
       <c r="D137" t="s">
         <v>16</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
       <c r="F137" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H137" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I137" s="2">
-        <v>45657</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>13</v>
       </c>
       <c r="B138">
-        <v>9117.870000000001</v>
+        <v>4180.7</v>
       </c>
       <c r="C138" t="s">
         <v>15</v>
       </c>
       <c r="D138" t="s">
         <v>16</v>
       </c>
       <c r="E138" t="s">
         <v>17</v>
       </c>
       <c r="F138" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H138" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I138" s="2">
-        <v>45657</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>14</v>
       </c>
       <c r="B139">
-        <v>8625.880000000001</v>
+        <v>-575.1999999999998</v>
       </c>
       <c r="C139" t="s">
         <v>15</v>
       </c>
       <c r="D139" t="s">
         <v>16</v>
       </c>
       <c r="E139" t="s">
         <v>17</v>
       </c>
       <c r="F139" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H139" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I139" s="2">
-        <v>45657</v>
+        <v>45138</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>9</v>
       </c>
       <c r="B140">
-        <v>1942</v>
+        <v>9805.770000000004</v>
       </c>
       <c r="C140" t="s">
         <v>15</v>
       </c>
       <c r="D140" t="s">
         <v>16</v>
       </c>
       <c r="E140" t="s">
         <v>17</v>
       </c>
       <c r="F140" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H140" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I140" s="2">
-        <v>45688</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
         <v>10</v>
       </c>
       <c r="B141">
-        <v>0</v>
+        <v>3624.42</v>
       </c>
       <c r="C141" t="s">
         <v>15</v>
       </c>
       <c r="D141" t="s">
         <v>16</v>
       </c>
       <c r="E141" t="s">
         <v>17</v>
       </c>
       <c r="F141" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H141" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I141" s="2">
-        <v>45688</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>11</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
       <c r="C142" t="s">
         <v>15</v>
       </c>
       <c r="D142" t="s">
         <v>16</v>
       </c>
       <c r="E142" t="s">
         <v>17</v>
       </c>
       <c r="F142" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H142" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I142" s="2">
-        <v>45688</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>12</v>
       </c>
       <c r="B143">
         <v>0</v>
       </c>
       <c r="C143" t="s">
         <v>15</v>
       </c>
       <c r="D143" t="s">
         <v>16</v>
       </c>
       <c r="E143" t="s">
         <v>17</v>
       </c>
       <c r="F143" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H143" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I143" s="2">
-        <v>45688</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>13</v>
       </c>
       <c r="B144">
-        <v>8127</v>
+        <v>17137.87</v>
       </c>
       <c r="C144" t="s">
         <v>15</v>
       </c>
       <c r="D144" t="s">
         <v>16</v>
       </c>
       <c r="E144" t="s">
         <v>17</v>
       </c>
       <c r="F144" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H144" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I144" s="2">
-        <v>45688</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>14</v>
       </c>
       <c r="B145">
-        <v>6185</v>
+        <v>3707.679999999995</v>
       </c>
       <c r="C145" t="s">
         <v>15</v>
       </c>
       <c r="D145" t="s">
         <v>16</v>
       </c>
       <c r="E145" t="s">
         <v>17</v>
       </c>
       <c r="F145" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G145" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H145" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I145" s="2">
-        <v>45688</v>
+        <v>45169</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>9</v>
       </c>
       <c r="B146">
-        <v>555</v>
+        <v>199.1700000000001</v>
       </c>
       <c r="C146" t="s">
         <v>15</v>
       </c>
       <c r="D146" t="s">
         <v>16</v>
       </c>
       <c r="E146" t="s">
         <v>17</v>
       </c>
       <c r="F146" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H146" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I146" s="2">
-        <v>45747</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>10</v>
       </c>
       <c r="B147">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="C147" t="s">
         <v>15</v>
       </c>
       <c r="D147" t="s">
         <v>16</v>
       </c>
       <c r="E147" t="s">
         <v>17</v>
       </c>
       <c r="F147" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H147" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I147" s="2">
-        <v>45747</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>11</v>
       </c>
       <c r="B148">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C148" t="s">
         <v>15</v>
       </c>
       <c r="D148" t="s">
         <v>16</v>
       </c>
       <c r="E148" t="s">
         <v>17</v>
       </c>
       <c r="F148" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G148" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H148" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I148" s="2">
-        <v>45747</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>12</v>
       </c>
       <c r="B149">
         <v>0</v>
       </c>
       <c r="C149" t="s">
         <v>15</v>
       </c>
       <c r="D149" t="s">
         <v>16</v>
       </c>
       <c r="E149" t="s">
         <v>17</v>
       </c>
       <c r="F149" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G149" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H149" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I149" s="2">
-        <v>45747</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>13</v>
       </c>
       <c r="B150">
-        <v>8368</v>
+        <v>11536.88</v>
       </c>
       <c r="C150" t="s">
         <v>15</v>
       </c>
       <c r="D150" t="s">
         <v>16</v>
       </c>
       <c r="E150" t="s">
         <v>17</v>
       </c>
       <c r="F150" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H150" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I150" s="2">
-        <v>45747</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>14</v>
       </c>
       <c r="B151">
-        <v>7763</v>
+        <v>11002.71</v>
       </c>
       <c r="C151" t="s">
         <v>15</v>
       </c>
       <c r="D151" t="s">
         <v>16</v>
       </c>
       <c r="E151" t="s">
         <v>17</v>
       </c>
       <c r="F151" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H151" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I151" s="2">
-        <v>45747</v>
+        <v>45199</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>9</v>
       </c>
       <c r="B152">
-        <v>1819</v>
+        <v>1431.920000000001</v>
       </c>
       <c r="C152" t="s">
         <v>15</v>
       </c>
       <c r="D152" t="s">
         <v>16</v>
       </c>
       <c r="E152" t="s">
         <v>17</v>
       </c>
       <c r="F152" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H152" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I152" s="2">
-        <v>45688</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
         <v>10</v>
       </c>
       <c r="B153">
-        <v>285</v>
+        <v>0</v>
       </c>
       <c r="C153" t="s">
         <v>15</v>
       </c>
       <c r="D153" t="s">
         <v>16</v>
       </c>
       <c r="E153" t="s">
         <v>17</v>
       </c>
       <c r="F153" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G153" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H153" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I153" s="2">
-        <v>45688</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>11</v>
       </c>
       <c r="B154">
         <v>0</v>
       </c>
       <c r="C154" t="s">
         <v>15</v>
       </c>
       <c r="D154" t="s">
         <v>16</v>
       </c>
       <c r="E154" t="s">
         <v>17</v>
       </c>
       <c r="F154" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H154" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I154" s="2">
-        <v>45688</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
         <v>12</v>
       </c>
       <c r="B155">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C155" t="s">
         <v>15</v>
       </c>
       <c r="D155" t="s">
         <v>16</v>
       </c>
       <c r="E155" t="s">
         <v>17</v>
       </c>
       <c r="F155" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G155" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H155" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I155" s="2">
-        <v>45688</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>13</v>
       </c>
       <c r="B156">
-        <v>14598</v>
+        <v>13285.86</v>
       </c>
       <c r="C156" t="s">
         <v>15</v>
       </c>
       <c r="D156" t="s">
         <v>16</v>
       </c>
       <c r="E156" t="s">
         <v>17</v>
       </c>
       <c r="F156" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H156" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I156" s="2">
-        <v>45688</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>14</v>
       </c>
       <c r="B157">
-        <v>12494</v>
+        <v>11518.94</v>
       </c>
       <c r="C157" t="s">
         <v>15</v>
       </c>
       <c r="D157" t="s">
         <v>16</v>
       </c>
       <c r="E157" t="s">
         <v>17</v>
       </c>
       <c r="F157" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H157" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I157" s="2">
-        <v>45688</v>
+        <v>45230</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>9</v>
       </c>
       <c r="B158">
-        <v>3488.31</v>
+        <v>5837.95</v>
       </c>
       <c r="C158" t="s">
         <v>15</v>
       </c>
       <c r="D158" t="s">
         <v>16</v>
       </c>
       <c r="E158" t="s">
         <v>17</v>
       </c>
       <c r="F158" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H158" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I158" s="2">
-        <v>45777</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
         <v>10</v>
       </c>
       <c r="B159">
-        <v>2736.47</v>
+        <v>0</v>
       </c>
       <c r="C159" t="s">
         <v>15</v>
       </c>
       <c r="D159" t="s">
         <v>16</v>
       </c>
       <c r="E159" t="s">
         <v>17</v>
       </c>
       <c r="F159" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H159" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I159" s="2">
-        <v>45777</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>11</v>
       </c>
       <c r="B160">
-        <v>393.72</v>
+        <v>0</v>
       </c>
       <c r="C160" t="s">
         <v>15</v>
       </c>
       <c r="D160" t="s">
         <v>16</v>
       </c>
       <c r="E160" t="s">
         <v>17</v>
       </c>
       <c r="F160" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H160" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I160" s="2">
-        <v>45777</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>12</v>
       </c>
       <c r="B161">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C161" t="s">
         <v>15</v>
       </c>
       <c r="D161" t="s">
         <v>16</v>
       </c>
       <c r="E161" t="s">
         <v>17</v>
       </c>
       <c r="F161" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H161" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I161" s="2">
-        <v>45777</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>13</v>
       </c>
       <c r="B162">
-        <v>6689.58</v>
+        <v>12959.82</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" t="s">
         <v>16</v>
       </c>
       <c r="E162" t="s">
         <v>17</v>
       </c>
       <c r="F162" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H162" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I162" s="2">
-        <v>45777</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>14</v>
       </c>
       <c r="B163">
-        <v>13308.08</v>
+        <v>6786.87</v>
       </c>
       <c r="C163" t="s">
         <v>15</v>
       </c>
       <c r="D163" t="s">
         <v>16</v>
       </c>
       <c r="E163" t="s">
         <v>17</v>
       </c>
       <c r="F163" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H163" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I163" s="2">
-        <v>45777</v>
+        <v>45260</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>9</v>
       </c>
       <c r="B164">
-        <v>0</v>
+        <v>5264.629999999999</v>
       </c>
       <c r="C164" t="s">
         <v>15</v>
       </c>
       <c r="D164" t="s">
         <v>16</v>
       </c>
       <c r="E164" t="s">
         <v>17</v>
       </c>
       <c r="F164" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G164" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H164" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I164" s="2">
-        <v>45046</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>10</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
       <c r="C165" t="s">
         <v>15</v>
       </c>
       <c r="D165" t="s">
         <v>16</v>
       </c>
       <c r="E165" t="s">
         <v>17</v>
       </c>
       <c r="F165" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G165" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H165" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I165" s="2">
-        <v>45046</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>11</v>
       </c>
       <c r="B166">
         <v>0</v>
       </c>
       <c r="C166" t="s">
         <v>15</v>
       </c>
       <c r="D166" t="s">
         <v>16</v>
       </c>
       <c r="E166" t="s">
         <v>17</v>
       </c>
       <c r="F166" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H166" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I166" s="2">
-        <v>45046</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>12</v>
       </c>
       <c r="B167">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C167" t="s">
         <v>15</v>
       </c>
       <c r="D167" t="s">
         <v>16</v>
       </c>
       <c r="E167" t="s">
         <v>17</v>
       </c>
       <c r="F167" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H167" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I167" s="2">
-        <v>45046</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>13</v>
       </c>
       <c r="B168">
-        <v>0.33</v>
+        <v>14598.52</v>
       </c>
       <c r="C168" t="s">
         <v>15</v>
       </c>
       <c r="D168" t="s">
         <v>16</v>
       </c>
       <c r="E168" t="s">
         <v>17</v>
       </c>
       <c r="F168" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H168" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I168" s="2">
-        <v>45046</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>14</v>
       </c>
       <c r="B169">
-        <v>0.33</v>
+        <v>8998.890000000001</v>
       </c>
       <c r="C169" t="s">
         <v>15</v>
       </c>
       <c r="D169" t="s">
         <v>16</v>
       </c>
       <c r="E169" t="s">
         <v>17</v>
       </c>
       <c r="F169" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G169" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H169" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I169" s="2">
-        <v>45046</v>
+        <v>45291</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>9</v>
       </c>
       <c r="B170">
-        <v>1473.7</v>
+        <v>4411.619999999999</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170" t="s">
         <v>16</v>
       </c>
       <c r="E170" t="s">
         <v>17</v>
       </c>
       <c r="F170" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G170" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H170" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I170" s="2">
-        <v>45107</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>10</v>
       </c>
       <c r="B171">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="C171" t="s">
         <v>15</v>
       </c>
       <c r="D171" t="s">
         <v>16</v>
       </c>
       <c r="E171" t="s">
         <v>17</v>
       </c>
       <c r="F171" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H171" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I171" s="2">
-        <v>45107</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>11</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
       <c r="C172" t="s">
         <v>15</v>
       </c>
       <c r="D172" t="s">
         <v>16</v>
       </c>
       <c r="E172" t="s">
         <v>17</v>
       </c>
       <c r="F172" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H172" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I172" s="2">
-        <v>45107</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>12</v>
       </c>
       <c r="B173">
-        <v>50</v>
+        <v>335</v>
       </c>
       <c r="C173" t="s">
         <v>15</v>
       </c>
       <c r="D173" t="s">
         <v>16</v>
       </c>
       <c r="E173" t="s">
         <v>17</v>
       </c>
       <c r="F173" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G173" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H173" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I173" s="2">
-        <v>45107</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>13</v>
       </c>
       <c r="B174">
-        <v>5194</v>
+        <v>17047.42</v>
       </c>
       <c r="C174" t="s">
         <v>15</v>
       </c>
       <c r="D174" t="s">
         <v>16</v>
       </c>
       <c r="E174" t="s">
         <v>17</v>
       </c>
       <c r="F174" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G174" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H174" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I174" s="2">
-        <v>45107</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
         <v>14</v>
       </c>
       <c r="B175">
-        <v>3515.3</v>
+        <v>12300.8</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175" t="s">
         <v>16</v>
       </c>
       <c r="E175" t="s">
         <v>17</v>
       </c>
       <c r="F175" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G175" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H175" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I175" s="2">
-        <v>45107</v>
+        <v>45322</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
         <v>9</v>
       </c>
       <c r="B176">
-        <v>3500.24</v>
+        <v>12983.26</v>
       </c>
       <c r="C176" t="s">
         <v>15</v>
       </c>
       <c r="D176" t="s">
         <v>16</v>
       </c>
       <c r="E176" t="s">
         <v>17</v>
       </c>
       <c r="F176" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H176" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I176" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>10</v>
       </c>
       <c r="B177">
-        <v>544</v>
+        <v>0</v>
       </c>
       <c r="C177" t="s">
         <v>15</v>
       </c>
       <c r="D177" t="s">
         <v>16</v>
       </c>
       <c r="E177" t="s">
         <v>17</v>
       </c>
       <c r="F177" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H177" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I177" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>11</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178" t="s">
         <v>15</v>
       </c>
       <c r="D178" t="s">
         <v>16</v>
       </c>
       <c r="E178" t="s">
         <v>17</v>
       </c>
       <c r="F178" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G178" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H178" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I178" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
         <v>12</v>
       </c>
       <c r="B179">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C179" t="s">
         <v>15</v>
       </c>
       <c r="D179" t="s">
         <v>16</v>
       </c>
       <c r="E179" t="s">
         <v>17</v>
       </c>
       <c r="F179" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H179" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I179" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
         <v>13</v>
       </c>
       <c r="B180">
-        <v>33742.49</v>
+        <v>37836.52</v>
       </c>
       <c r="C180" t="s">
         <v>15</v>
       </c>
       <c r="D180" t="s">
         <v>16</v>
       </c>
       <c r="E180" t="s">
         <v>17</v>
       </c>
       <c r="F180" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G180" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H180" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I180" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
         <v>14</v>
       </c>
       <c r="B181">
-        <v>29698.25</v>
+        <v>24518.25999999999</v>
       </c>
       <c r="C181" t="s">
         <v>15</v>
       </c>
       <c r="D181" t="s">
         <v>16</v>
       </c>
       <c r="E181" t="s">
         <v>17</v>
       </c>
       <c r="F181" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H181" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I181" s="2">
-        <v>45199</v>
+        <v>45351</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
         <v>9</v>
       </c>
       <c r="B182">
-        <v>7370.92</v>
+        <v>15642.77</v>
       </c>
       <c r="C182" t="s">
         <v>15</v>
       </c>
       <c r="D182" t="s">
         <v>16</v>
       </c>
       <c r="E182" t="s">
         <v>17</v>
       </c>
       <c r="F182" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G182" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H182" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I182" s="2">
-        <v>45291</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
         <v>10</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183" t="s">
         <v>15</v>
       </c>
       <c r="D183" t="s">
         <v>16</v>
       </c>
       <c r="E183" t="s">
         <v>17</v>
       </c>
       <c r="F183" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G183" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H183" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I183" s="2">
-        <v>45291</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
         <v>11</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184" t="s">
         <v>15</v>
       </c>
       <c r="D184" t="s">
         <v>16</v>
       </c>
       <c r="E184" t="s">
         <v>17</v>
       </c>
       <c r="F184" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G184" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H184" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I184" s="2">
-        <v>45291</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>12</v>
       </c>
       <c r="B185">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" t="s">
         <v>16</v>
       </c>
       <c r="E185" t="s">
         <v>17</v>
       </c>
       <c r="F185" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G185" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H185" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I185" s="2">
-        <v>45291</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
         <v>13</v>
       </c>
       <c r="B186">
-        <v>32251.18</v>
+        <v>39027.37</v>
       </c>
       <c r="C186" t="s">
         <v>15</v>
       </c>
       <c r="D186" t="s">
         <v>16</v>
       </c>
       <c r="E186" t="s">
         <v>17</v>
       </c>
       <c r="F186" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H186" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I186" s="2">
-        <v>45291</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
         <v>14</v>
       </c>
       <c r="B187">
-        <v>24880.26</v>
+        <v>23049.60000000001</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187" t="s">
         <v>16</v>
       </c>
       <c r="E187" t="s">
         <v>17</v>
       </c>
       <c r="F187" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H187" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I187" s="2">
-        <v>45291</v>
+        <v>45382</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
         <v>9</v>
       </c>
       <c r="B188">
-        <v>2264.81</v>
+        <v>12896.22</v>
       </c>
       <c r="C188" t="s">
         <v>15</v>
       </c>
       <c r="D188" t="s">
         <v>16</v>
       </c>
       <c r="E188" t="s">
         <v>17</v>
       </c>
       <c r="F188" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H188" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I188" s="2">
-        <v>45382</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
         <v>10</v>
       </c>
       <c r="B189">
-        <v>10.52</v>
+        <v>9151.870000000001</v>
       </c>
       <c r="C189" t="s">
         <v>15</v>
       </c>
       <c r="D189" t="s">
         <v>16</v>
       </c>
       <c r="E189" t="s">
         <v>17</v>
       </c>
       <c r="F189" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G189" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H189" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I189" s="2">
-        <v>45382</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>11</v>
       </c>
       <c r="B190">
-        <v>8.859999999999999</v>
+        <v>0</v>
       </c>
       <c r="C190" t="s">
         <v>15</v>
       </c>
       <c r="D190" t="s">
         <v>16</v>
       </c>
       <c r="E190" t="s">
         <v>17</v>
       </c>
       <c r="F190" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G190" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H190" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I190" s="2">
-        <v>45382</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
         <v>12</v>
       </c>
       <c r="B191">
-        <v>0</v>
+        <v>335</v>
       </c>
       <c r="C191" t="s">
         <v>15</v>
       </c>
       <c r="D191" t="s">
         <v>16</v>
       </c>
       <c r="E191" t="s">
         <v>17</v>
       </c>
       <c r="F191" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G191" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H191" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I191" s="2">
-        <v>45382</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
         <v>13</v>
       </c>
       <c r="B192">
-        <v>44057.06</v>
+        <v>38641.89</v>
       </c>
       <c r="C192" t="s">
         <v>15</v>
       </c>
       <c r="D192" t="s">
         <v>16</v>
       </c>
       <c r="E192" t="s">
         <v>17</v>
       </c>
       <c r="F192" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G192" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H192" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I192" s="2">
-        <v>45382</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
         <v>14</v>
       </c>
       <c r="B193">
-        <v>41772.87</v>
+        <v>16258.8</v>
       </c>
       <c r="C193" t="s">
         <v>15</v>
       </c>
       <c r="D193" t="s">
         <v>16</v>
       </c>
       <c r="E193" t="s">
         <v>17</v>
       </c>
       <c r="F193" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H193" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I193" s="2">
-        <v>45382</v>
+        <v>45412</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
         <v>9</v>
       </c>
       <c r="B194">
-        <v>7124.51</v>
+        <v>11568.76</v>
       </c>
       <c r="C194" t="s">
         <v>15</v>
       </c>
       <c r="D194" t="s">
         <v>16</v>
       </c>
       <c r="E194" t="s">
         <v>17</v>
       </c>
       <c r="F194" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G194" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H194" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I194" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
         <v>10</v>
       </c>
       <c r="B195">
-        <v>0</v>
+        <v>2035.16</v>
       </c>
       <c r="C195" t="s">
         <v>15</v>
       </c>
       <c r="D195" t="s">
         <v>16</v>
       </c>
       <c r="E195" t="s">
         <v>17</v>
       </c>
       <c r="F195" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G195" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H195" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I195" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
         <v>11</v>
       </c>
       <c r="B196">
-        <v>12.13</v>
+        <v>0</v>
       </c>
       <c r="C196" t="s">
         <v>15</v>
       </c>
       <c r="D196" t="s">
         <v>16</v>
       </c>
       <c r="E196" t="s">
         <v>17</v>
       </c>
       <c r="F196" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H196" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I196" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
         <v>12</v>
       </c>
       <c r="B197">
-        <v>19.08</v>
+        <v>335</v>
       </c>
       <c r="C197" t="s">
         <v>15</v>
       </c>
       <c r="D197" t="s">
         <v>16</v>
       </c>
       <c r="E197" t="s">
         <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H197" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I197" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
         <v>13</v>
       </c>
       <c r="B198">
-        <v>69475.53999999999</v>
+        <v>25002.65</v>
       </c>
       <c r="C198" t="s">
         <v>15</v>
       </c>
       <c r="D198" t="s">
         <v>16</v>
       </c>
       <c r="E198" t="s">
         <v>17</v>
       </c>
       <c r="F198" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H198" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I198" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>14</v>
       </c>
       <c r="B199">
-        <v>62319.81999999999</v>
+        <v>11063.73000000001</v>
       </c>
       <c r="C199" t="s">
         <v>15</v>
       </c>
       <c r="D199" t="s">
         <v>16</v>
       </c>
       <c r="E199" t="s">
         <v>17</v>
       </c>
       <c r="F199" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H199" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I199" s="2">
-        <v>45473</v>
+        <v>45443</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
         <v>9</v>
       </c>
       <c r="B200">
-        <v>6575.58</v>
+        <v>5556.91</v>
       </c>
       <c r="C200" t="s">
         <v>15</v>
       </c>
       <c r="D200" t="s">
         <v>16</v>
       </c>
       <c r="E200" t="s">
         <v>17</v>
       </c>
       <c r="F200" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H200" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I200" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
         <v>10</v>
       </c>
       <c r="B201">
-        <v>0</v>
+        <v>2395.41</v>
       </c>
       <c r="C201" t="s">
         <v>15</v>
       </c>
       <c r="D201" t="s">
         <v>16</v>
       </c>
       <c r="E201" t="s">
         <v>17</v>
       </c>
       <c r="F201" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G201" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H201" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I201" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
         <v>11</v>
       </c>
       <c r="B202">
-        <v>0</v>
+        <v>1700.16</v>
       </c>
       <c r="C202" t="s">
         <v>15</v>
       </c>
       <c r="D202" t="s">
         <v>16</v>
       </c>
       <c r="E202" t="s">
         <v>17</v>
       </c>
       <c r="F202" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H202" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I202" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
         <v>12</v>
       </c>
       <c r="B203">
-        <v>31.21</v>
+        <v>335</v>
       </c>
       <c r="C203" t="s">
         <v>15</v>
       </c>
       <c r="D203" t="s">
         <v>16</v>
       </c>
       <c r="E203" t="s">
         <v>17</v>
       </c>
       <c r="F203" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G203" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H203" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I203" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
         <v>13</v>
       </c>
       <c r="B204">
-        <v>79320.83</v>
+        <v>16740.82</v>
       </c>
       <c r="C204" t="s">
         <v>15</v>
       </c>
       <c r="D204" t="s">
         <v>16</v>
       </c>
       <c r="E204" t="s">
         <v>17</v>
       </c>
       <c r="F204" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G204" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H204" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I204" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
         <v>14</v>
       </c>
       <c r="B205">
-        <v>72714.04000000001</v>
+        <v>6753.34</v>
       </c>
       <c r="C205" t="s">
         <v>15</v>
       </c>
       <c r="D205" t="s">
         <v>16</v>
       </c>
       <c r="E205" t="s">
         <v>17</v>
       </c>
       <c r="F205" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G205" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H205" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I205" s="2">
-        <v>45504</v>
+        <v>45473</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
         <v>9</v>
       </c>
       <c r="B206">
-        <v>8916.879999999999</v>
+        <v>8957.32</v>
       </c>
       <c r="C206" t="s">
         <v>15</v>
       </c>
       <c r="D206" t="s">
         <v>16</v>
       </c>
       <c r="E206" t="s">
         <v>17</v>
       </c>
       <c r="F206" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G206" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H206" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I206" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
         <v>10</v>
       </c>
       <c r="B207">
-        <v>4468.59</v>
+        <v>2623.58</v>
       </c>
       <c r="C207" t="s">
         <v>15</v>
       </c>
       <c r="D207" t="s">
         <v>16</v>
       </c>
       <c r="E207" t="s">
         <v>17</v>
       </c>
       <c r="F207" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G207" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H207" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I207" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
         <v>11</v>
       </c>
       <c r="B208">
-        <v>0</v>
+        <v>2395.41</v>
       </c>
       <c r="C208" t="s">
         <v>15</v>
       </c>
       <c r="D208" t="s">
         <v>16</v>
       </c>
       <c r="E208" t="s">
         <v>17</v>
       </c>
       <c r="F208" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G208" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H208" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I208" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
         <v>12</v>
       </c>
       <c r="B209">
-        <v>31.21</v>
+        <v>2035.16</v>
       </c>
       <c r="C209" t="s">
         <v>15</v>
       </c>
       <c r="D209" t="s">
         <v>16</v>
       </c>
       <c r="E209" t="s">
         <v>17</v>
       </c>
       <c r="F209" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G209" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H209" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I209" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
         <v>13</v>
       </c>
       <c r="B210">
-        <v>98291.41</v>
+        <v>17002.19</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210" t="s">
         <v>16</v>
       </c>
       <c r="E210" t="s">
         <v>17</v>
       </c>
       <c r="F210" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G210" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H210" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I210" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
         <v>14</v>
       </c>
       <c r="B211">
-        <v>84874.73000000001</v>
+        <v>990.7199999999993</v>
       </c>
       <c r="C211" t="s">
         <v>15</v>
       </c>
       <c r="D211" t="s">
         <v>16</v>
       </c>
       <c r="E211" t="s">
         <v>17</v>
       </c>
       <c r="F211" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G211" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H211" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I211" s="2">
-        <v>45535</v>
+        <v>45504</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
         <v>9</v>
       </c>
       <c r="B212">
-        <v>8485.9</v>
+        <v>2564.69</v>
       </c>
       <c r="C212" t="s">
         <v>15</v>
       </c>
       <c r="D212" t="s">
         <v>16</v>
       </c>
       <c r="E212" t="s">
         <v>17</v>
       </c>
       <c r="F212" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G212" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H212" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I212" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
         <v>10</v>
       </c>
       <c r="B213">
-        <v>2677.14</v>
+        <v>2867.76</v>
       </c>
       <c r="C213" t="s">
         <v>15</v>
       </c>
       <c r="D213" t="s">
         <v>16</v>
       </c>
       <c r="E213" t="s">
         <v>17</v>
       </c>
       <c r="F213" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G213" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H213" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I213" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
         <v>11</v>
       </c>
       <c r="B214">
-        <v>2263.8</v>
+        <v>2773.58</v>
       </c>
       <c r="C214" t="s">
         <v>15</v>
       </c>
       <c r="D214" t="s">
         <v>16</v>
       </c>
       <c r="E214" t="s">
         <v>17</v>
       </c>
       <c r="F214" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G214" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H214" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I214" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
         <v>12</v>
       </c>
       <c r="B215">
-        <v>31.21</v>
+        <v>7338.48</v>
       </c>
       <c r="C215" t="s">
         <v>15</v>
       </c>
       <c r="D215" t="s">
         <v>16</v>
       </c>
       <c r="E215" t="s">
         <v>17</v>
       </c>
       <c r="F215" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G215" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H215" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I215" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
         <v>13</v>
       </c>
       <c r="B216">
-        <v>80726.94</v>
+        <v>26367.12</v>
       </c>
       <c r="C216" t="s">
         <v>15</v>
       </c>
       <c r="D216" t="s">
         <v>16</v>
       </c>
       <c r="E216" t="s">
         <v>17</v>
       </c>
       <c r="F216" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G216" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H216" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I216" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
         <v>14</v>
       </c>
       <c r="B217">
-        <v>67268.89</v>
+        <v>10822.61</v>
       </c>
       <c r="C217" t="s">
         <v>15</v>
       </c>
       <c r="D217" t="s">
         <v>16</v>
       </c>
       <c r="E217" t="s">
         <v>17</v>
       </c>
       <c r="F217" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G217" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H217" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I217" s="2">
-        <v>45565</v>
+        <v>45535</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
         <v>9</v>
       </c>
       <c r="B218">
-        <v>10490.58</v>
+        <v>6148.8</v>
       </c>
       <c r="C218" t="s">
         <v>15</v>
       </c>
       <c r="D218" t="s">
         <v>16</v>
       </c>
       <c r="E218" t="s">
         <v>17</v>
       </c>
       <c r="F218" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G218" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H218" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I218" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
         <v>10</v>
       </c>
       <c r="B219">
-        <v>4222.61</v>
+        <v>2483.57</v>
       </c>
       <c r="C219" t="s">
         <v>15</v>
       </c>
       <c r="D219" t="s">
         <v>16</v>
       </c>
       <c r="E219" t="s">
         <v>17</v>
       </c>
       <c r="F219" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G219" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H219" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I219" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
         <v>11</v>
       </c>
       <c r="B220">
-        <v>183.51</v>
+        <v>2867.76</v>
       </c>
       <c r="C220" t="s">
         <v>15</v>
       </c>
       <c r="D220" t="s">
         <v>16</v>
       </c>
       <c r="E220" t="s">
         <v>17</v>
       </c>
       <c r="F220" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G220" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H220" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I220" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
         <v>12</v>
       </c>
       <c r="B221">
-        <v>109.51</v>
+        <v>7321.59</v>
       </c>
       <c r="C221" t="s">
         <v>15</v>
       </c>
       <c r="D221" t="s">
         <v>16</v>
       </c>
       <c r="E221" t="s">
         <v>17</v>
       </c>
       <c r="F221" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G221" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H221" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I221" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
         <v>13</v>
       </c>
       <c r="B222">
-        <v>83657.57000000001</v>
+        <v>16695.6</v>
       </c>
       <c r="C222" t="s">
         <v>15</v>
       </c>
       <c r="D222" t="s">
         <v>16</v>
       </c>
       <c r="E222" t="s">
         <v>17</v>
       </c>
       <c r="F222" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G222" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H222" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I222" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
         <v>14</v>
       </c>
       <c r="B223">
-        <v>68651.36000000002</v>
+        <v>-2126.120000000003</v>
       </c>
       <c r="C223" t="s">
         <v>15</v>
       </c>
       <c r="D223" t="s">
         <v>16</v>
       </c>
       <c r="E223" t="s">
         <v>17</v>
       </c>
       <c r="F223" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G223" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H223" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I223" s="2">
-        <v>45596</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
         <v>9</v>
       </c>
       <c r="B224">
-        <v>3907.39</v>
+        <v>5983.08</v>
       </c>
       <c r="C224" t="s">
         <v>15</v>
       </c>
       <c r="D224" t="s">
         <v>16</v>
       </c>
       <c r="E224" t="s">
         <v>17</v>
       </c>
       <c r="F224" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G224" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H224" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I224" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
         <v>10</v>
       </c>
       <c r="B225">
-        <v>298.27</v>
+        <v>272.24</v>
       </c>
       <c r="C225" t="s">
         <v>15</v>
       </c>
       <c r="D225" t="s">
         <v>16</v>
       </c>
       <c r="E225" t="s">
         <v>17</v>
       </c>
       <c r="F225" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G225" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H225" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I225" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
         <v>11</v>
       </c>
       <c r="B226">
-        <v>189.48</v>
+        <v>0</v>
       </c>
       <c r="C226" t="s">
         <v>15</v>
       </c>
       <c r="D226" t="s">
         <v>16</v>
       </c>
       <c r="E226" t="s">
         <v>17</v>
       </c>
       <c r="F226" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G226" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H226" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I226" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>12</v>
       </c>
       <c r="B227">
-        <v>1301.31</v>
+        <v>0</v>
       </c>
       <c r="C227" t="s">
         <v>15</v>
       </c>
       <c r="D227" t="s">
         <v>16</v>
       </c>
       <c r="E227" t="s">
         <v>17</v>
       </c>
       <c r="F227" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G227" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H227" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I227" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>13</v>
       </c>
       <c r="B228">
-        <v>44873.75</v>
+        <v>6884.67</v>
       </c>
       <c r="C228" t="s">
         <v>15</v>
       </c>
       <c r="D228" t="s">
         <v>16</v>
       </c>
       <c r="E228" t="s">
         <v>17</v>
       </c>
       <c r="F228" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G228" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H228" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I228" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
         <v>14</v>
       </c>
       <c r="B229">
-        <v>39177.3</v>
+        <v>629.3500000000004</v>
       </c>
       <c r="C229" t="s">
         <v>15</v>
       </c>
       <c r="D229" t="s">
         <v>16</v>
       </c>
       <c r="E229" t="s">
         <v>17</v>
       </c>
       <c r="F229" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G229" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H229" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I229" s="2">
-        <v>45838</v>
+        <v>45596</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
         <v>9</v>
       </c>
       <c r="B230">
-        <v>1098.27</v>
+        <v>3511.12</v>
       </c>
       <c r="C230" t="s">
         <v>15</v>
       </c>
       <c r="D230" t="s">
         <v>16</v>
       </c>
       <c r="E230" t="s">
         <v>17</v>
       </c>
       <c r="F230" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G230" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H230" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I230" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
         <v>10</v>
       </c>
       <c r="B231">
-        <v>273.93</v>
+        <v>0</v>
       </c>
       <c r="C231" t="s">
         <v>15</v>
       </c>
       <c r="D231" t="s">
         <v>16</v>
       </c>
       <c r="E231" t="s">
         <v>17</v>
       </c>
       <c r="F231" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G231" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H231" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I231" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
         <v>11</v>
       </c>
       <c r="B232">
-        <v>224.27</v>
+        <v>0</v>
       </c>
       <c r="C232" t="s">
         <v>15</v>
       </c>
       <c r="D232" t="s">
         <v>16</v>
       </c>
       <c r="E232" t="s">
         <v>17</v>
       </c>
       <c r="F232" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G232" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H232" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I232" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
         <v>12</v>
       </c>
       <c r="B233">
-        <v>1490.79</v>
+        <v>0</v>
       </c>
       <c r="C233" t="s">
         <v>15</v>
       </c>
       <c r="D233" t="s">
         <v>16</v>
       </c>
       <c r="E233" t="s">
         <v>17</v>
       </c>
       <c r="F233" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G233" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H233" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I233" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
         <v>13</v>
       </c>
       <c r="B234">
-        <v>34410.41</v>
+        <v>9307.190000000001</v>
       </c>
       <c r="C234" t="s">
         <v>15</v>
       </c>
       <c r="D234" t="s">
         <v>16</v>
       </c>
       <c r="E234" t="s">
         <v>17</v>
       </c>
       <c r="F234" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G234" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H234" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I234" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
         <v>14</v>
       </c>
       <c r="B235">
-        <v>31323.15</v>
+        <v>5796.070000000001</v>
       </c>
       <c r="C235" t="s">
         <v>15</v>
       </c>
       <c r="D235" t="s">
         <v>16</v>
       </c>
       <c r="E235" t="s">
         <v>17</v>
       </c>
       <c r="F235" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G235" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H235" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I235" s="2">
-        <v>45869</v>
+        <v>45626</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
         <v>9</v>
       </c>
       <c r="B236">
-        <v>3136.85</v>
+        <v>491.99</v>
       </c>
       <c r="C236" t="s">
         <v>15</v>
       </c>
       <c r="D236" t="s">
         <v>16</v>
       </c>
       <c r="E236" t="s">
         <v>17</v>
       </c>
       <c r="F236" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G236" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H236" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I236" s="2">
-        <v>45900</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
         <v>10</v>
       </c>
       <c r="B237">
         <v>0</v>
       </c>
       <c r="C237" t="s">
         <v>15</v>
       </c>
       <c r="D237" t="s">
         <v>16</v>
       </c>
       <c r="E237" t="s">
         <v>17</v>
       </c>
       <c r="F237" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G237" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H237" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I237" s="2">
-        <v>45900</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
         <v>11</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
       <c r="C238" t="s">
         <v>15</v>
       </c>
       <c r="D238" t="s">
         <v>16</v>
       </c>
       <c r="E238" t="s">
         <v>17</v>
       </c>
       <c r="F238" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G238" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H238" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I238" s="2">
-        <v>45900</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
         <v>12</v>
       </c>
       <c r="B239">
         <v>0</v>
       </c>
       <c r="C239" t="s">
         <v>15</v>
       </c>
       <c r="D239" t="s">
         <v>16</v>
       </c>
       <c r="E239" t="s">
         <v>17</v>
       </c>
       <c r="F239" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G239" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H239" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I239" s="2">
-        <v>45900</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
         <v>13</v>
       </c>
       <c r="B240">
-        <v>44982.19</v>
+        <v>9117.870000000001</v>
       </c>
       <c r="C240" t="s">
         <v>15</v>
       </c>
       <c r="D240" t="s">
         <v>16</v>
       </c>
       <c r="E240" t="s">
         <v>17</v>
       </c>
       <c r="F240" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G240" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H240" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I240" s="2">
-        <v>45900</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
         <v>14</v>
       </c>
       <c r="B241">
-        <v>41845.34</v>
+        <v>8625.880000000001</v>
       </c>
       <c r="C241" t="s">
         <v>15</v>
       </c>
       <c r="D241" t="s">
         <v>16</v>
       </c>
       <c r="E241" t="s">
         <v>17</v>
       </c>
       <c r="F241" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G241" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H241" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I241" s="2">
-        <v>45900</v>
+        <v>45657</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9">
+      <c r="A242" t="s">
+        <v>9</v>
+      </c>
+      <c r="B242">
+        <v>1942</v>
+      </c>
+      <c r="C242" t="s">
+        <v>15</v>
+      </c>
+      <c r="D242" t="s">
+        <v>16</v>
+      </c>
+      <c r="E242" t="s">
+        <v>17</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>25</v>
+      </c>
+      <c r="H242" t="s">
+        <v>26</v>
+      </c>
+      <c r="I242" s="2">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9">
+      <c r="A243" t="s">
+        <v>10</v>
+      </c>
+      <c r="B243">
+        <v>0</v>
+      </c>
+      <c r="C243" t="s">
+        <v>15</v>
+      </c>
+      <c r="D243" t="s">
+        <v>16</v>
+      </c>
+      <c r="E243" t="s">
+        <v>17</v>
+      </c>
+      <c r="F243" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" t="s">
+        <v>25</v>
+      </c>
+      <c r="H243" t="s">
+        <v>26</v>
+      </c>
+      <c r="I243" s="2">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9">
+      <c r="A244" t="s">
+        <v>11</v>
+      </c>
+      <c r="B244">
+        <v>0</v>
+      </c>
+      <c r="C244" t="s">
+        <v>15</v>
+      </c>
+      <c r="D244" t="s">
+        <v>16</v>
+      </c>
+      <c r="E244" t="s">
+        <v>17</v>
+      </c>
+      <c r="F244" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" t="s">
+        <v>25</v>
+      </c>
+      <c r="H244" t="s">
+        <v>26</v>
+      </c>
+      <c r="I244" s="2">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9">
+      <c r="A245" t="s">
+        <v>12</v>
+      </c>
+      <c r="B245">
+        <v>0</v>
+      </c>
+      <c r="C245" t="s">
+        <v>15</v>
+      </c>
+      <c r="D245" t="s">
+        <v>16</v>
+      </c>
+      <c r="E245" t="s">
+        <v>17</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>25</v>
+      </c>
+      <c r="H245" t="s">
+        <v>26</v>
+      </c>
+      <c r="I245" s="2">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9">
+      <c r="A246" t="s">
+        <v>13</v>
+      </c>
+      <c r="B246">
+        <v>8127</v>
+      </c>
+      <c r="C246" t="s">
+        <v>15</v>
+      </c>
+      <c r="D246" t="s">
+        <v>16</v>
+      </c>
+      <c r="E246" t="s">
+        <v>17</v>
+      </c>
+      <c r="F246" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" t="s">
+        <v>25</v>
+      </c>
+      <c r="H246" t="s">
+        <v>26</v>
+      </c>
+      <c r="I246" s="2">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9">
+      <c r="A247" t="s">
+        <v>14</v>
+      </c>
+      <c r="B247">
+        <v>6185</v>
+      </c>
+      <c r="C247" t="s">
+        <v>15</v>
+      </c>
+      <c r="D247" t="s">
+        <v>16</v>
+      </c>
+      <c r="E247" t="s">
+        <v>17</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>25</v>
+      </c>
+      <c r="H247" t="s">
+        <v>26</v>
+      </c>
+      <c r="I247" s="2">
+        <v>45688</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9">
+      <c r="A248" t="s">
+        <v>9</v>
+      </c>
+      <c r="B248">
+        <v>555</v>
+      </c>
+      <c r="C248" t="s">
+        <v>15</v>
+      </c>
+      <c r="D248" t="s">
+        <v>16</v>
+      </c>
+      <c r="E248" t="s">
+        <v>17</v>
+      </c>
+      <c r="F248" t="s">
+        <v>21</v>
+      </c>
+      <c r="G248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H248" t="s">
+        <v>26</v>
+      </c>
+      <c r="I248" s="2">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9">
+      <c r="A249" t="s">
+        <v>10</v>
+      </c>
+      <c r="B249">
+        <v>50</v>
+      </c>
+      <c r="C249" t="s">
+        <v>15</v>
+      </c>
+      <c r="D249" t="s">
+        <v>16</v>
+      </c>
+      <c r="E249" t="s">
+        <v>17</v>
+      </c>
+      <c r="F249" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" t="s">
+        <v>25</v>
+      </c>
+      <c r="H249" t="s">
+        <v>26</v>
+      </c>
+      <c r="I249" s="2">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9">
+      <c r="A250" t="s">
+        <v>11</v>
+      </c>
+      <c r="B250">
+        <v>0</v>
+      </c>
+      <c r="C250" t="s">
+        <v>15</v>
+      </c>
+      <c r="D250" t="s">
+        <v>16</v>
+      </c>
+      <c r="E250" t="s">
+        <v>17</v>
+      </c>
+      <c r="F250" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" t="s">
+        <v>25</v>
+      </c>
+      <c r="H250" t="s">
+        <v>26</v>
+      </c>
+      <c r="I250" s="2">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9">
+      <c r="A251" t="s">
+        <v>12</v>
+      </c>
+      <c r="B251">
+        <v>0</v>
+      </c>
+      <c r="C251" t="s">
+        <v>15</v>
+      </c>
+      <c r="D251" t="s">
+        <v>16</v>
+      </c>
+      <c r="E251" t="s">
+        <v>17</v>
+      </c>
+      <c r="F251" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" t="s">
+        <v>25</v>
+      </c>
+      <c r="H251" t="s">
+        <v>26</v>
+      </c>
+      <c r="I251" s="2">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9">
+      <c r="A252" t="s">
+        <v>13</v>
+      </c>
+      <c r="B252">
+        <v>8368</v>
+      </c>
+      <c r="C252" t="s">
+        <v>15</v>
+      </c>
+      <c r="D252" t="s">
+        <v>16</v>
+      </c>
+      <c r="E252" t="s">
+        <v>17</v>
+      </c>
+      <c r="F252" t="s">
+        <v>21</v>
+      </c>
+      <c r="G252" t="s">
+        <v>25</v>
+      </c>
+      <c r="H252" t="s">
+        <v>26</v>
+      </c>
+      <c r="I252" s="2">
+        <v>45747</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9">
+      <c r="A253" t="s">
+        <v>14</v>
+      </c>
+      <c r="B253">
+        <v>7763</v>
+      </c>
+      <c r="C253" t="s">
+        <v>15</v>
+      </c>
+      <c r="D253" t="s">
+        <v>16</v>
+      </c>
+      <c r="E253" t="s">
+        <v>17</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>25</v>
+      </c>
+      <c r="H253" t="s">
+        <v>26</v>
+      </c>
+      <c r="I253" s="2">
+        <v>45747</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>